--- v0 (2025-10-16)
+++ v1 (2026-03-14)
@@ -1,2063 +1,987 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24332"/>
-  <workbookPr defaultThemeVersion="166925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20417"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\4.QS永續大學排名填報資料\2025年排名年\資料收集\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\01_QS資料收集來源\各單位表單-秘書修\各單位表單\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2DB8FE28-608D-4AFC-B262-AB72B7FAD447}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2C6CF16C-B889-4E5C-ADE5-A40FE1BB6ABD}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="852" yWindow="3072" windowWidth="26676" windowHeight="15456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Critical Data" sheetId="3" r:id="rId1"/>
-    <sheet name="ESG(填報單位_研發處)" sheetId="2" r:id="rId2"/>
+    <sheet name="QS_全面中文翻譯_v4" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">'ESG(填報單位_研發處)'!$A$1:$G$6</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">QS_全面中文翻譯_v4!$A$2:$E$18</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">QS_全面中文翻譯_v4!#REF!</definedName>
   </definedNames>
-  <calcPr calcId="191029" iterateDelta="1E-4"/>
+  <calcPr calcId="191029"/>
   <extLst>
-    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
-[...9 lines deleted...]
-      </xcalcf:calcFeatures>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="47">
+  <si>
+    <t>Theme(英文)</t>
+  </si>
+  <si>
+    <t>Code</t>
+  </si>
+  <si>
+    <t>Timeframe(英文)</t>
+  </si>
+  <si>
+    <t>Answer Options - where blank, only one URL/text field option directly related to the question</t>
+  </si>
+  <si>
+    <t>EE3</t>
+  </si>
+  <si>
+    <t>EQ2</t>
+  </si>
+  <si>
+    <t>GG1</t>
+  </si>
+  <si>
+    <t>Environmental Education
+環境教育</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Governance
+治理</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>定義說明</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>是否提供專門教授氣候科學或環境永續的課程，且需為正式學分課程或可獲得正式學位資格者</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>分別統計學生中男性、女性及其他的比例</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>委員會與文化 (EDI Committee and Culture)：是否設有行政授權的 EDI 委員會或專責人員，並具備反歧視與反騷擾政策 
+倫理組織文化 (Ethical Culture)：包含公開的倫理價值文件、各層級的培訓、倫理合規辦公室，以及內部舉報系統 (Whistleblower system) 或申訴程序</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>包含公開的倫理價值文件、各層級的培訓、倫理合規辦公室，以及內部舉報系統 (Whistleblower system) 或申訴程序</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>獲得 100% 學費全免的學生人數。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>獲得至少 50% 學費減免的學生人數。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
   <si>
     <t>填報單位</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
-    <t>填報定義</t>
-[...412 lines deleted...]
-    <t>填報內容說明</t>
+    <t>Question(中英文)</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Do you offer courses that teach specifically on climate science and/or environmental sustainability?
+貴校是否開設以「氣候科學」及／或「環境永續」為主題的課程？</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Students Female
+學生－女性</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Students Other
+學生－其他/非二元</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Do you have an equality, diversity and inclusion committee, office or officer (or the equivalent) tasked by the administration or governing body to advise on and implement policies, programmes and trainings related to diversity, equity, inclusion and human rights on campus?
+貴校是否設有由行政或治理層指派之「平等、多元與共融（EDI）」委員會／辦公室／專責人員（或同等機制），負責校園多元、公平、共融及人權相關政策、方案與訓練之諮詢與推動？</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Does your organisation support and facilitate a holistic ethical organisational culture?
+貴校（或貴機構）是否支持並促進整體性的倫理組織文化？</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>How many students receive a scholarship covering 100% of their fees?
+有多少學生獲得「學費100%全額」獎學金？</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>How many students receive a scholarship covering at least 50% of fees?
+有多少學生獲得「至少50%學費」獎學金？</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1. We offer these courses and they are linked to officially recognised credits (e.g., European Credit Transfer and Accumulation System - ECTS, in Europe)
+1. 有開設此類課程，且課程與正式學分制度連結（如歐洲ECTS等）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1.1 Please provide evidence
+1.1 請提供佐證資料</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2.1 Please provide evidence
+2.1 請提供佐證資料</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3.1 Please provide evidence
+【待譯】3.1 Please provide evidence</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1. Existence of committee, office or officer
+1. 是否設有委員會／辦公室／專責人員（或同等機制）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2. Existence of anti-discrimination and anti-harassment policies
+2. 是否有反歧視與反騷擾政策</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2.1 Please provide Policy URLs (x2)
+2.1 請提供政策網址（2個）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1.2 Please provide evidence
+1.2 請提供佐證資料</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1. Our organisation develops clear ethical values (e.g., diversity, honesty, respect, fairness) and these are enshrined in a publicly available strategic document.
+1. 貴校建立明確的倫理價值（如多元、誠信、尊重、公平），並載明於可公開查閱之策略文件中。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2. Our university provides training based on those values at all levels of the organisation.
+2. 貴校在組織各層級提供以該倫理價值為基礎的訓練</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3. There is an office for ethical compliance within our institution, with a designated official with oversight on ethical matters across the institution. 
+3. 校內設有倫理合規辦公室（或同等單位），並有指定專責人員統籌校內倫理事務</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>4. Our organisation has an internal reporting system to assure the confidentiality of whistleblowers or a grievance procedure for staff concerning an employment matter
+4. 校內具內部通報系統以保障吹哨者保密，或具針對人事／雇用事項的申訴程序</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>4.1 Pleae provide evidence
+4.1 請提供佐證資料</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>教務處
+共教中心</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>教務處</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>教務處
+研發處
+人事室</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>教務處
+學務處
+國際處</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>請以中英文回答並提供佐證網址</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
-    <t>去年參考答案或網址</t>
-[...392 lines deleted...]
-    <phoneticPr fontId="1" type="noConversion"/>
+    <t>Current
+114年1月至12月</t>
+  </si>
+  <si>
+    <t>Previous reporting year (academic)
+113學年度</t>
+  </si>
+  <si>
+    <t>Previous reporting year 
+113年(2024年度報告)</t>
+  </si>
+  <si>
+    <t>Current (up to 3 years old)
+114年度（可往前追溯到112年度）</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="22" x14ac:knownFonts="1">
+  <fonts count="7" x14ac:knownFonts="1">
     <font>
-      <sz val="12"/>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <family val="2"/>
-      <charset val="136"/>
-[...6 lines deleted...]
-      <charset val="136"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="新細明體"/>
       <family val="3"/>
       <charset val="136"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="12"/>
-[...36 lines deleted...]
-      <color theme="1"/>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
       <name val="新細明體"/>
-      <family val="1"/>
-      <charset val="136"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FF000000"/>
-[...6 lines deleted...]
-      <name val="Times New Roman"/>
+      <color rgb="FFFF0000"/>
+      <name val="新細明體"/>
       <family val="1"/>
-    </font>
-[...26 lines deleted...]
-      <family val="2"/>
       <charset val="136"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
-[...3 lines deleted...]
-      <charset val="136"/>
+      <sz val="11"/>
+      <name val="新細明體"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FFFF0000"/>
-      <name val="標楷體"/>
-      <family val="4"/>
+      <name val="新細明體"/>
+      <family val="1"/>
       <charset val="136"/>
+      <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
-      <color theme="1"/>
+      <sz val="11"/>
+      <color rgb="FFC00000"/>
       <name val="新細明體"/>
       <family val="2"/>
       <scheme val="minor"/>
-    </font>
-[...26 lines deleted...]
-      <charset val="136"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="5" tint="0.59999389629810485"/>
+        <fgColor theme="6" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="14">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...175 lines deleted...]
-    </border>
   </borders>
-  <cellStyleXfs count="2">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
+  <cellStyleXfs count="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="39">
-[...48 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+  <cellXfs count="14">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...39 lines deleted...]
-      <alignment vertical="top"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
-  <cellStyles count="2">
-    <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
+  <cellStyles count="1">
     <cellStyle name="一般" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
-  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...8 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...8 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="80000">
+              <a:schemeClr val="phClr">
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...10 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <sheetPr>
-[...2 lines deleted...]
-  <dimension ref="A1:T8"/>
+  <dimension ref="A1:H18"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="E17" sqref="E17"/>
+    <sheetView tabSelected="1" topLeftCell="B1" workbookViewId="0">
+      <selection activeCell="G6" sqref="G6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="16.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.125" defaultRowHeight="15" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="43.5" style="5" customWidth="1"/>
-[...17 lines deleted...]
-    <col min="21" max="16384" width="9" style="5"/>
+    <col min="1" max="1" width="13.625" style="2" customWidth="1"/>
+    <col min="2" max="2" width="9.125" style="4"/>
+    <col min="3" max="3" width="9.75" style="10" customWidth="1"/>
+    <col min="4" max="4" width="42.375" style="7" customWidth="1"/>
+    <col min="5" max="6" width="42.75" style="7" customWidth="1"/>
+    <col min="7" max="7" width="25.125" style="2" customWidth="1"/>
+    <col min="8" max="8" width="47.25" style="2" customWidth="1"/>
+    <col min="9" max="16384" width="9.125" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="21" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="23" t="s">
+    <row r="1" spans="1:8" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.3">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="F1" s="11" t="s">
+        <v>42</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8" ht="90" x14ac:dyDescent="0.3">
+      <c r="A2" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="B2" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2" s="9" t="s">
+        <v>38</v>
+      </c>
+      <c r="D2" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E2" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="G2" s="12" t="s">
+        <v>43</v>
+      </c>
+      <c r="H2" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8" ht="45" x14ac:dyDescent="0.3">
+      <c r="B3" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="C3" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="D3" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G3" s="12" t="s">
+        <v>44</v>
+      </c>
+      <c r="H3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" ht="45" x14ac:dyDescent="0.3">
+      <c r="B4" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="C4" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" s="12" t="s">
+        <v>44</v>
+      </c>
+      <c r="H4" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" ht="165" x14ac:dyDescent="0.3">
+      <c r="A5" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="C5" s="9" t="s">
+        <v>40</v>
+      </c>
+      <c r="D5" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="B1" s="23"/>
-[...13 lines deleted...]
-      <c r="C2" s="7" t="s">
+      <c r="E5" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="G5" s="13" t="s">
+        <v>46</v>
+      </c>
+      <c r="H5" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C6" s="6"/>
+      <c r="E6" s="7" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" ht="45" x14ac:dyDescent="0.3">
+      <c r="C7" s="6"/>
+      <c r="E7" s="7" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C8" s="6"/>
+      <c r="E8" s="7" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" ht="105" x14ac:dyDescent="0.3">
+      <c r="B9" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="D2" s="7" t="s">
-[...29 lines deleted...]
-      <c r="G3" s="27" t="s">
+      <c r="C9" s="9" t="s">
+        <v>40</v>
+      </c>
+      <c r="D9" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9" s="13" t="s">
+        <v>46</v>
+      </c>
+      <c r="H9" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C10" s="6"/>
+      <c r="E10" s="7" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" ht="60" x14ac:dyDescent="0.3">
+      <c r="C11" s="6"/>
+      <c r="E11" s="7" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C12" s="6"/>
+      <c r="E12" s="7" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" ht="105" x14ac:dyDescent="0.3">
+      <c r="C13" s="6"/>
+      <c r="E13" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" ht="45" x14ac:dyDescent="0.3">
+      <c r="C14" s="6"/>
+      <c r="E14" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="G14" s="13" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" ht="90" x14ac:dyDescent="0.3">
+      <c r="C15" s="6"/>
+      <c r="E15" s="7" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C16" s="6"/>
+      <c r="E16" s="7" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="17" spans="3:8" ht="60" x14ac:dyDescent="0.3">
+      <c r="C17" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="D17" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="G17" s="12" t="s">
+        <v>45</v>
+      </c>
+      <c r="H17" s="2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="18" spans="3:8" ht="60" x14ac:dyDescent="0.3">
+      <c r="C18" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="D18" s="7" t="s">
         <v>24</v>
       </c>
-    </row>
-[...83 lines deleted...]
-      <c r="G8" s="29"/>
+      <c r="G18" s="12" t="s">
+        <v>45</v>
+      </c>
+      <c r="H18" s="2" t="s">
+        <v>15</v>
+      </c>
     </row>
   </sheetData>
-  <mergeCells count="3">
-[...3 lines deleted...]
-  </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
-  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-[...113 lines deleted...]
-  </headerFooter>
+  <printOptions gridLines="1"/>
+  <pageMargins left="0.19685039370078741" right="0" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
+  <pageSetup paperSize="9" orientation="portrait" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>工作表</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>具名範圍</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
-[...2 lines deleted...]
-      <vt:lpstr>'ESG(填報單位_研發處)'!Print_Area</vt:lpstr>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>QS_全面中文翻譯_v4</vt:lpstr>
+      <vt:lpstr>QS_全面中文翻譯_v4!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>SkyUser</dc:creator>
+  <dc:creator>openpyxl</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>