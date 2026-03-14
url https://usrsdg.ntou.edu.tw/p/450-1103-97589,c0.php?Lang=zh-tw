--- v0 (2025-10-16)
+++ v1 (2026-03-14)
@@ -1,1009 +1,1393 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24332"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20417"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\4.QS永續大學排名填報資料\2025年排名年\資料收集\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\01_QS資料收集來源\各單位表單-秘書修\各單位表單\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{56C57A0B-76B7-458E-8A6F-907C3431699F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3F42F0E1-12AC-4792-8859-5061D93B9BD0}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="852" yWindow="3072" windowWidth="26676" windowHeight="15456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="教學中心" sheetId="1" r:id="rId1"/>
+    <sheet name="QS_全面中文翻譯_v4" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="162913" iterateDelta="1E-4"/>
+  <definedNames>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">QS_全面中文翻譯_v4!$A$2:$E$44</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">QS_全面中文翻譯_v4!#REF!</definedName>
+  </definedNames>
+  <calcPr calcId="191029"/>
   <extLst>
-    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
-      <x15:workbookPr chartTrackingRefBase="1"/>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="17" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="98" uniqueCount="86">
+  <si>
+    <t>Theme(英文)</t>
+  </si>
+  <si>
+    <t>Code</t>
+  </si>
+  <si>
+    <t>Timeframe(英文)</t>
+  </si>
+  <si>
+    <t>Answer Options - where blank, only one URL/text field option directly related to the question</t>
+  </si>
+  <si>
+    <t>ES5</t>
+  </si>
+  <si>
+    <t>EQ5</t>
+  </si>
+  <si>
+    <t>EQ7</t>
+  </si>
+  <si>
+    <t>EQ*</t>
+  </si>
+  <si>
+    <t>KE2</t>
+  </si>
+  <si>
+    <t>HW2</t>
+  </si>
+  <si>
+    <t>GG5</t>
+  </si>
+  <si>
+    <t>GG6</t>
+  </si>
+  <si>
+    <t>Knowledge Exchange
+知識交流與在地連結</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Health and Wellbeing
+健康與福祉</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>定義說明</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>由學生主導、旨在參與永續事務的社團連結</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>是否具備現行的 EDI 政策，內容涵蓋年齡、性別、身心障礙、種族、宗教、性傾向、婚姻、難民身分及懷孕等特質</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>包含設立障礙支持辦公室、校園無障礙環境、身障學生輔導方案，以及提供校內身障專用住宿與相關經費支持政策</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>是否為當地社區提供教育、健康、資訊服務、社區參與或輔導等外展計畫。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>包含提供健康且負擔得起的食物選擇、身體醫療保健服務（含衛教）、性與生殖健康服務，以及師生心理健康支持</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>是否有代表全體學生的合法學生會，且與國家級學生組織連結，並由學生選舉產生領導層。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>治理機構中是否有學生代表。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>獲得 100% 學費全免的學生人數。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>獲得至少 50% 學費減免的學生人數。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>填報單位</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>學務處</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>人事室
+學務處</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>學務處
+總務處</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t xml:space="preserve">學務處
+</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Question(中英文)</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Link to student led society whose purpose is to engage with sustainability.
+請提供以永續為宗旨、由學生主導之社團／組織連結。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Does your institution have a current Equality, Diversity and Inclusion (EDI) policy?
+貴校目前是否有「平等、多元與共融（EDI）」政策（或同等政策）？</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Do you offer support services for people with disabilities?
+貴校是否提供身心障礙者支持服務？</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Does your institution provide mandatory annual dedicated training on social aspects of Sustainability for staff members (faculty and professional staff members)?  Please insert link to training/evidence description.
+貴校是否為教職員（含教師與行政／專業職員）提供「每年必修」且「專門針對社會永續面向」的培訓？請提供培訓或佐證說明之連結。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Do you offer, manage or deliver outreach projects (education, health, information services, reading, community engagement, tutorials) for the local community?
+貴校是否提供、管理或執行面向在地社區的外展／服務計畫（如教育、健康、資訊服務、閱讀推廣、社區參與、課業輔導等）？</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Do you provide on-campus or local health and wellbeing services?
+貴校是否提供校內或鄰近地區的健康與福祉相關服務？</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Does your university have a student union?
+貴校是否設有學生會（或學生自治組織）？</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Does your university’s governing body have student representation? If so, please share the webpage link. If not, please leave blank.
+貴校治理機關（如校務會議、董事會等）是否有學生代表參與？若是請提供網頁連結；若否請留白。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>How many students receive a scholarship covering 100% of their fees?
+有多少學生獲得「學費100%全額」獎學金？</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>How many students receive a scholarship covering at least 50% of fees?
+有多少學生獲得「至少50%學費」獎學金？</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1.1 Students
+1.1 學生</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1.2 Staff
+1.2 教職員</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1.3 Both
+1.3 兩者皆是（學生與教職員）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>URL: 
+網址：</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2. Please provide evidence
+2. 請提供佐證資料</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1. We have a current EDI policy or equivalent
+1. 貴校有現行EDI政策（或同等政策）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3. Which of the following main protected characteristics are included in this policy?
+3. 該政策涵蓋下列哪些主要受保障特徵？</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3.1 Age
+3.1 年齡</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3.2 Gender or gender reassignment
+3.2 性別或性別認同／變更</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3.3 Disability
+3.3 身心障礙</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3.4 Race
+3.4 種族／族群</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3.5 Religion or belief
+3.5 宗教或信仰</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3.6 Sexual orientation
+3.6 性傾向</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3.7 Marriage and civil partnership
+3.7 婚姻與民事伴侶關係</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3.8 Refugee and asylum seekers
+3.8 難民與尋求庇護者</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3.9 Pregnancy and maternity
+3.9 懷孕與育兒／產假相關</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1. Existence of Disability Support Office
+1. 是否設有身心障礙支持／資源中心（或同等單位）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1.1 Please provide evidence
+1.1 請提供佐證資料</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2. Campus is easily accessible by people with disabilities
+2. 校園對身心障礙者友善可及（無障礙）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2.1 Please provide evidence
+2.1 請提供佐證資料</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3. Access schemes for people with disabilities such as mentoring or other targeted support
+3. 身心障礙者可取得的支持方案（如導師／同儕導師制或其他目標性支持）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3.1 Please provide evidence
+【待譯】3.1 Please provide evidence</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>4. Our university offers on-campus accommodation for people with disabilities
+4. 貴校提供身心障礙者校內住宿</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>4.1 Our university has a policy or strategy that outlines the reasonable adjustments and provisions for people with disabilities, including adequate funding:
+4.1 貴校有政策或策略說明對身心障礙者之合理調整與支持措施（含足夠經費）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>4.2 Please provide evidence
+4.2 請提供佐證資料</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1.Which of the following groups receive this training?
+1. 下列哪些對象接受此培訓？</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1. Please provide evidence
+1. 請提供佐證資料</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1. Provision of healthy and affordable food choices for all on campus
+1. 校園內提供健康且可負擔的餐飲選擇</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2. Access to physical health-care services including information and education services
+2. 可取得身體健康照護服務（含資訊與教育服務）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3. Access to sexual and reproductive health-care services including information and education services
+3. 可取得性與生殖健康照護服務（含資訊與教育服務）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>4. Access to mental health support for both staff and students
+4. 教職員與學生可取得心理健康支持服務</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
   <si>
     <r>
-      <t xml:space="preserve">ESG (Environmental, </t>
-[...41 lines deleted...]
-      <t xml:space="preserve">
+      <t xml:space="preserve">4.1 Please provide evidence
 </t>
     </r>
     <r>
       <rPr>
-        <b/>
-        <sz val="12"/>
+        <sz val="11"/>
         <color theme="1"/>
-        <rFont val="標楷體"/>
-[...88 lines deleted...]
-        <color rgb="FFFF0000"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
         <scheme val="minor"/>
       </rPr>
-      <t>可持續性環境方面</t>
+      <t>4.1 請提供佐證資料</t>
     </r>
-    <r>
-[...37 lines deleted...]
-    <phoneticPr fontId="2" type="noConversion"/>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1. Our university has a recognised student union that represents both undergraduate and postgraduate students at university level
+1. 貴校有被認可之學生會（學生自治組織），並在校級層級代表大學部與研究所學生。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2. This student union is connected/affiliated to a wider national student union body
+2. 學生會與更大型的全國性學生組織有連結／隸屬關係</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3. The student union elects its leadership, allowing students to vote.
+3. 學生會領導由選舉產生，並允許學生投票</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>4. Please provide evidence
+4. 請提供佐證資料</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>URL:
+網址：</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>人事室
+總務處
+學務處</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t xml:space="preserve">永續中心
+學務處
+馬祖行政處
+</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>永續中心
+學務處
+職安中心</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>教務處
+學務處
+國際處</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>請以中英文回答並提供佐證網址</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Current
+114年1月至12月</t>
+  </si>
+  <si>
+    <t>Current 
+114年1月至12月</t>
+  </si>
+  <si>
+    <t>Previous reporting year 
+113年(2024年度報告)</t>
+  </si>
+  <si>
+    <t>Current (up to 3 years old)
+114年度（可往前追溯到112年度）</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="12" x14ac:knownFonts="1">
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
-      <sz val="12"/>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <family val="2"/>
-      <charset val="136"/>
-[...13 lines deleted...]
-      <charset val="136"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="新細明體"/>
       <family val="3"/>
       <charset val="136"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...23 lines deleted...]
-      <color theme="1"/>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
       <name val="新細明體"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="新細明體"/>
+      <family val="1"/>
+      <charset val="136"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="新細明體"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <family val="1"/>
       <charset val="136"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
-      <color theme="1"/>
+      <b/>
+      <sz val="12"/>
+      <color rgb="FFFF0000"/>
       <name val="新細明體"/>
-      <family val="2"/>
+      <family val="1"/>
       <charset val="136"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...8 lines deleted...]
-      <color rgb="FFFF0000"/>
+      <sz val="11"/>
+      <color rgb="FFC00000"/>
       <name val="新細明體"/>
-      <family val="1"/>
-      <charset val="136"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="5" tint="0.59999389629810485"/>
+        <fgColor theme="6" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="9">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...98 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
-[...1 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="27">
-[...9 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+  <cellXfs count="15">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...32 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="一般" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
-  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <sheetPr>
-[...2 lines deleted...]
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H44"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="A3" sqref="A3"/>
+    <sheetView tabSelected="1" topLeftCell="B1" workbookViewId="0">
+      <selection activeCell="F9" sqref="F9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="16.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.125" defaultRowHeight="15" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="45.5" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="8" max="8" width="27" customWidth="1"/>
+    <col min="1" max="1" width="13.625" style="2" customWidth="1"/>
+    <col min="2" max="2" width="9.125" style="4"/>
+    <col min="3" max="3" width="9.75" style="11" customWidth="1"/>
+    <col min="4" max="4" width="42.375" style="7" customWidth="1"/>
+    <col min="5" max="6" width="42.75" style="7" customWidth="1"/>
+    <col min="7" max="7" width="25.125" style="2" customWidth="1"/>
+    <col min="8" max="8" width="47.25" style="2" customWidth="1"/>
+    <col min="9" max="16384" width="9.125" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="21" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="14" t="s">
+    <row r="1" spans="1:8" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.3">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1" s="9" t="s">
+        <v>29</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="F1" s="12" t="s">
+        <v>81</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8" ht="60" x14ac:dyDescent="0.3">
+      <c r="B2" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D2" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="E2" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="G2" s="13" t="s">
+        <v>82</v>
+      </c>
+      <c r="H2" s="2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8" ht="60" x14ac:dyDescent="0.3">
+      <c r="B3" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="C3" s="10" t="s">
+        <v>77</v>
+      </c>
+      <c r="D3" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="G3" s="14" t="s">
+        <v>85</v>
+      </c>
+      <c r="H3" s="2" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C4" s="6"/>
+      <c r="E4" s="7" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" ht="45" x14ac:dyDescent="0.3">
+      <c r="C5" s="6"/>
+      <c r="E5" s="7" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C6" s="6"/>
+      <c r="E6" s="7" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C7" s="6"/>
+      <c r="E7" s="7" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C8" s="6"/>
+      <c r="E8" s="7" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C9" s="6"/>
+      <c r="E9" s="7" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C10" s="6"/>
+      <c r="E10" s="7" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C11" s="6"/>
+      <c r="E11" s="7" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C12" s="6"/>
+      <c r="E12" s="7" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C13" s="6"/>
+      <c r="E13" s="7" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C14" s="6"/>
+      <c r="E14" s="7" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" ht="45" x14ac:dyDescent="0.3">
+      <c r="B15" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="C15" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D15" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E15" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="G15" s="13" t="s">
+        <v>83</v>
+      </c>
+      <c r="H15" s="2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C16" s="6"/>
+      <c r="E16" s="7" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" ht="45" x14ac:dyDescent="0.3">
+      <c r="C17" s="6"/>
+      <c r="E17" s="7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C18" s="6"/>
+      <c r="E18" s="7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" ht="60" x14ac:dyDescent="0.3">
+      <c r="C19" s="6"/>
+      <c r="E19" s="7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C20" s="6"/>
+      <c r="E20" s="7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" ht="45" x14ac:dyDescent="0.3">
+      <c r="C21" s="6"/>
+      <c r="E21" s="7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" ht="90" x14ac:dyDescent="0.3">
+      <c r="C22" s="6"/>
+      <c r="E22" s="7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C23" s="6"/>
+      <c r="E23" s="7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" ht="135" x14ac:dyDescent="0.3">
+      <c r="B24" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="C24" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="D24" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E24" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="G24" s="13" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C25" s="6"/>
+      <c r="E25" s="7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C26" s="6"/>
+      <c r="E26" s="7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C27" s="6"/>
+      <c r="E27" s="7" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C28" s="6"/>
+      <c r="E28" s="7" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" ht="120" x14ac:dyDescent="0.3">
+      <c r="A29" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B29" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C29" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="D29" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E29" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="G29" s="13" t="s">
+        <v>83</v>
+      </c>
+      <c r="H29" s="2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" ht="60" x14ac:dyDescent="0.3">
+      <c r="A30" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="B30" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" s="10" t="s">
+        <v>79</v>
+      </c>
+      <c r="D30" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="E30" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="G30" s="13" t="s">
+        <v>83</v>
+      </c>
+      <c r="H30" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C31" s="6"/>
+      <c r="E31" s="7" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" ht="60" x14ac:dyDescent="0.3">
+      <c r="C32" s="6"/>
+      <c r="E32" s="7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="33" spans="2:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C33" s="6"/>
+      <c r="E33" s="7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="34" spans="2:8" ht="75" x14ac:dyDescent="0.3">
+      <c r="C34" s="6"/>
+      <c r="E34" s="7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="35" spans="2:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C35" s="6"/>
+      <c r="E35" s="7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="36" spans="2:8" ht="45" x14ac:dyDescent="0.3">
+      <c r="C36" s="6"/>
+      <c r="E36" s="7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="37" spans="2:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C37" s="6"/>
+      <c r="E37" s="7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="38" spans="2:8" ht="90" x14ac:dyDescent="0.3">
+      <c r="B38" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C38" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="D38" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="E38" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="G38" s="14" t="s">
+        <v>85</v>
+      </c>
+      <c r="H38" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="39" spans="2:8" ht="60" x14ac:dyDescent="0.3">
+      <c r="C39" s="6"/>
+      <c r="E39" s="7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="40" spans="2:8" ht="60" x14ac:dyDescent="0.3">
+      <c r="C40" s="6"/>
+      <c r="E40" s="7" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="41" spans="2:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C41" s="6"/>
+      <c r="E41" s="7" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="42" spans="2:8" ht="90" x14ac:dyDescent="0.3">
+      <c r="B42" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="B1" s="14"/>
-[...91 lines deleted...]
-      <c r="G7" s="8"/>
+      <c r="C42" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D42" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="E42" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="G42" s="13" t="s">
+        <v>82</v>
+      </c>
+      <c r="H42" s="2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="43" spans="2:8" ht="60" x14ac:dyDescent="0.3">
+      <c r="C43" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="D43" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="G43" s="13" t="s">
+        <v>84</v>
+      </c>
+      <c r="H43" s="2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="44" spans="2:8" ht="60" x14ac:dyDescent="0.3">
+      <c r="C44" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="D44" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="G44" s="13" t="s">
+        <v>84</v>
+      </c>
+      <c r="H44" s="2" t="s">
+        <v>23</v>
+      </c>
     </row>
   </sheetData>
-  <mergeCells count="9">
-[...12 lines deleted...]
-  <pageSetup paperSize="9" scale="75" orientation="landscape" verticalDpi="200" r:id="rId1"/>
+  <phoneticPr fontId="1" type="noConversion"/>
+  <printOptions gridLines="1"/>
+  <pageMargins left="0.19685039370078741" right="0" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
+  <pageSetup paperSize="9" orientation="portrait" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>工作表</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>具名範圍</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>教學中心</vt:lpstr>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>QS_全面中文翻譯_v4</vt:lpstr>
+      <vt:lpstr>QS_全面中文翻譯_v4!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>user</dc:creator>
+  <dc:creator>openpyxl</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>