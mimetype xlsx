--- v0 (2025-10-16)
+++ v1 (2026-03-14)
@@ -1,5550 +1,1175 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24332"/>
-  <workbookPr defaultThemeVersion="166925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20417"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\4.QS永續大學排名填報資料\2025年排名年\資料收集\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\01_QS資料收集來源\各單位表單-秘書修\各單位表單\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0C6CA809-3B73-40CC-95FB-A028F56F0451}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{737D97AC-CF42-4838-B68A-D5404CF82E78}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="852" yWindow="3072" windowWidth="26676" windowHeight="15456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Critical Data" sheetId="11" r:id="rId1"/>
-[...1 lines deleted...]
-    <sheet name="佐證資料_學校主管名冊" sheetId="10" r:id="rId3"/>
+    <sheet name="QS_全面中文翻譯_v4" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">佐證資料_學校主管名冊!$A$2:$F$137</definedName>
-    <definedName name="_xlnm.Print_Titles" localSheetId="2">佐證資料_學校主管名冊!$2:$2</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">QS_全面中文翻譯_v4!$A$2:$E$30</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">QS_全面中文翻譯_v4!#REF!</definedName>
   </definedNames>
-  <calcPr calcId="191029" iterateDelta="1E-4"/>
+  <calcPr calcId="191029"/>
   <extLst>
-    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
-[...9 lines deleted...]
-      </xcalcf:calcFeatures>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="671" uniqueCount="321">
-[...209 lines deleted...]
-    </r>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="67">
+  <si>
+    <t>Theme(英文)</t>
+  </si>
+  <si>
+    <t>Code</t>
+  </si>
+  <si>
+    <t>Timeframe(英文)</t>
+  </si>
+  <si>
+    <t>Answer Options - where blank, only one URL/text field option directly related to the question</t>
+  </si>
+  <si>
+    <t>ES4</t>
+  </si>
+  <si>
+    <t>ES9</t>
+  </si>
+  <si>
+    <t>ES8</t>
+  </si>
+  <si>
+    <t>ES7.2</t>
+  </si>
+  <si>
+    <t>EQ5</t>
+  </si>
+  <si>
+    <t>EQ7</t>
+  </si>
+  <si>
+    <t>Additional Information
+補充資訊</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>定義說明</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>提供機構在永續採購/購買及永續投資方面的政策連結</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>前一報告年度校內產生的再生能源總量（以 kWh 為單位），包含自用、儲存或售出部分</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>提供校園建築物總樓地板面積（平方公尺）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>以及是否設定在 2050 年前達成範疇 1 &amp; 2 的減碳目標</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>是否具備現行的 EDI 政策，內容涵蓋年齡、性別、身心障礙、種族、宗教、性傾向、婚姻、難民身分及懷孕等特質</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>包含設立障礙支持辦公室、校園無障礙環境、身障學生輔導方案，以及提供校內身障專用住宿與相關經費支持政策</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>前一報告年度的校園總用水量（單位：立方公尺 m3）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>前一報告年度的年度總能源消耗量（單位：kWh/year）</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>填報單位</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
-    <t>男</t>
-[...254 lines deleted...]
-  <si>
     <t>總務處</t>
   </si>
   <si>
-    <t>總務長</t>
-[...808 lines deleted...]
-    </r>
+    <t>總務處
+海工中心</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>學務處
+總務處</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Question(中英文)</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Link to your institution's sustainable procurement/purchasing policy.
+請提供貴校「永續採購／永續購置」政策連結。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Link to your institution’s sustainable investment policy.
+請提供貴校「永續投資」政策連結。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Does your university have a carbon reduction target covering Scope 1 &amp; 2 emissions by at least 2050? If not, please leave the evidence field blank.
+貴校是否訂有涵蓋範疇1與範疇2（Scope 1 &amp; 2）之減碳目標，且目標年不晚於2050年？若否，請將佐證欄留白。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Please add the amount of energy generated in campus through renewable sources, in kWh, for the last reporting year. This would include energy consumed, stored or sold on.
+請填寫前一報告年度校園透過再生能源所產生的能源量（kWh）。可包含自用、儲存或售出的能源。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Please submit your total campus building footprint. See instructions.
+請填寫校園建築物總樓地板面積／建築足跡（請見填寫說明）。</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>Does your institution have a current Equality, Diversity and Inclusion (EDI) policy?
-(您的機構當前是否有平等、多元化和包容性 (EDI) 政策？)</t>
-[...3 lines deleted...]
-    <t>人事室</t>
+貴校目前是否有「平等、多元與共融（EDI）」政策（或同等政策）？</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>Do you offer support services for people with disabilities?
-(你們是否為殘障人士提供支持服務？)</t>
-[...45 lines deleted...]
-    <t>填報內容說明</t>
+貴校是否提供身心障礙者支持服務？</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Your institution’s water consumption for the previous reporting year. Please use cubic meters (m3), where 1,000 L = 1 m3.
+貴校前一報告年度之用水量（請以立方公尺 m³ 填寫；1,000 公升 = 1 m³）。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Your institution’s energy consumption for the previous reporting year. Please use kWh/year.
+貴校前一報告年度之能源消耗量（請以 kWh/年 填寫）。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>URL: 
+網址：</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1. Please provide evidence.
+1. 請提供佐證資料</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1. Total energy from renewables
+1. 再生能源發電量總計（kWh）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1. Total campus building footprint in square meters (sqm)
+1. 校園建築總樓地板面積／建築足跡（平方公尺 sqm）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2. Please provide evidence
+2. 請提供佐證資料</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1. We have a current EDI policy or equivalent
+1. 貴校有現行EDI政策（或同等政策）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3. Which of the following main protected characteristics are included in this policy?
+3. 該政策涵蓋下列哪些主要受保障特徵？</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3.1 Age
+3.1 年齡</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3.2 Gender or gender reassignment
+3.2 性別或性別認同／變更</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3.3 Disability
+3.3 身心障礙</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3.4 Race
+3.4 種族／族群</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3.5 Religion or belief
+3.5 宗教或信仰</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3.6 Sexual orientation
+3.6 性傾向</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3.7 Marriage and civil partnership
+3.7 婚姻與民事伴侶關係</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3.8 Refugee and asylum seekers
+3.8 難民與尋求庇護者</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3.9 Pregnancy and maternity
+3.9 懷孕與育兒／產假相關</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1. Existence of Disability Support Office
+1. 是否設有身心障礙支持／資源中心（或同等單位）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1.1 Please provide evidence
+1.1 請提供佐證資料</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2. Campus is easily accessible by people with disabilities
+2. 校園對身心障礙者友善可及（無障礙）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2.1 Please provide evidence
+2.1 請提供佐證資料</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3. Access schemes for people with disabilities such as mentoring or other targeted support
+3. 身心障礙者可取得的支持方案（如導師／同儕導師制或其他目標性支持）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3.1 Please provide evidence
+【待譯】3.1 Please provide evidence</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>4. Our university offers on-campus accommodation for people with disabilities
+4. 貴校提供身心障礙者校內住宿</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>4.1 Our university has a policy or strategy that outlines the reasonable adjustments and provisions for people with disabilities, including adequate funding:
+4.1 貴校有政策或策略說明對身心障礙者之合理調整與支持措施（含足夠經費）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>4.2 Please provide evidence
+4.2 請提供佐證資料</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>總務處</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>永續中心
+總務處(節能措施及目標)</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>人事室
+總務處
+學務處</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>請以中英文回答並提供佐證網址</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
-    <t>去年參考答案或網址</t>
-[...327 lines deleted...]
-    <phoneticPr fontId="2" type="noConversion"/>
+    <t>Current
+114年1月至12月</t>
+  </si>
+  <si>
+    <t>Previous reporting year 
+113年(2024年度報告)</t>
+  </si>
+  <si>
+    <t>Current 
+114年1月至12月</t>
+  </si>
+  <si>
+    <t>Current (up to 3 years old)
+114年度（可往前追溯到112年度）</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="25" x14ac:knownFonts="1">
+  <fonts count="7" x14ac:knownFonts="1">
     <font>
-      <sz val="12"/>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <family val="2"/>
-      <charset val="136"/>
-[...6 lines deleted...]
-      <charset val="136"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="新細明體"/>
       <family val="3"/>
       <charset val="136"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="12"/>
-[...36 lines deleted...]
-      <color theme="1"/>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
       <name val="新細明體"/>
-      <family val="1"/>
-      <charset val="136"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FF000000"/>
-[...59 lines deleted...]
-      <color theme="1"/>
+      <color rgb="FFFF0000"/>
       <name val="新細明體"/>
       <family val="1"/>
       <charset val="136"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...16 lines deleted...]
-      <color theme="1"/>
+      <sz val="11"/>
       <name val="新細明體"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FFFF0000"/>
-      <name val="標楷體"/>
-      <family val="4"/>
+      <name val="新細明體"/>
+      <family val="1"/>
       <charset val="136"/>
+      <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...11 lines deleted...]
-      <charset val="136"/>
+      <sz val="11"/>
+      <color rgb="FFC00000"/>
+      <name val="新細明體"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="6">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="9" tint="0.79998168889431442"/>
-[...11 lines deleted...]
-        <fgColor theme="5" tint="0.59999389629810485"/>
+        <fgColor theme="6" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="17">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...206 lines deleted...]
-    </border>
   </borders>
-  <cellStyleXfs count="2">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
+  <cellStyleXfs count="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="59">
-[...71 lines deleted...]
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+  <cellXfs count="15">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...54 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
-  <cellStyles count="2">
-    <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
+  <cellStyles count="1">
     <cellStyle name="一般" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
-  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...6 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <sheetPr>
-[...2 lines deleted...]
-  <dimension ref="A1:T8"/>
+  <dimension ref="A1:H30"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="G3" sqref="G3:G8"/>
+    <sheetView tabSelected="1" topLeftCell="B1" workbookViewId="0">
+      <selection activeCell="F4" sqref="F4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="16.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.125" defaultRowHeight="15" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="43.5" style="14" customWidth="1"/>
-[...17 lines deleted...]
-    <col min="21" max="16384" width="9" style="14"/>
+    <col min="1" max="1" width="13.625" style="2" customWidth="1"/>
+    <col min="2" max="2" width="9.125" style="4"/>
+    <col min="3" max="3" width="9.75" style="11" customWidth="1"/>
+    <col min="4" max="4" width="42.375" style="7" customWidth="1"/>
+    <col min="5" max="6" width="42.75" style="7" customWidth="1"/>
+    <col min="7" max="7" width="25.125" style="2" customWidth="1"/>
+    <col min="8" max="8" width="47.25" style="2" customWidth="1"/>
+    <col min="9" max="16384" width="9.125" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="21" thickBot="1" x14ac:dyDescent="0.3">
-[...13 lines deleted...]
-      </c>
+    <row r="1" spans="1:8" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.3">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D1" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="F1" s="12" t="s">
+        <v>62</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8" ht="60" x14ac:dyDescent="0.3">
       <c r="B2" s="4" t="s">
-        <v>0</v>
-[...10 lines deleted...]
-      <c r="F2" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="G2" s="15" t="s">
+      <c r="C2" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="D2" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="E2" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G2" s="14" t="s">
+        <v>66</v>
+      </c>
+      <c r="H2" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8" ht="45" x14ac:dyDescent="0.3">
+      <c r="B3" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="C3" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="D3" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E3" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" s="14" t="s">
+        <v>66</v>
+      </c>
+      <c r="H3" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" ht="105" x14ac:dyDescent="0.3">
+      <c r="B4" s="4" t="s">
         <v>5</v>
       </c>
-    </row>
-[...104 lines deleted...]
-      <c r="G8" s="38"/>
+      <c r="C4" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="D4" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="E4" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="G4" s="13" t="s">
+        <v>63</v>
+      </c>
+      <c r="H4" s="2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C5" s="6"/>
+    </row>
+    <row r="6" spans="1:8" ht="105" x14ac:dyDescent="0.3">
+      <c r="B6" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="C6" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="D6" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="E6" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="G6" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="H6" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" ht="60" x14ac:dyDescent="0.3">
+      <c r="B7" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="C7" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D7" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="E7" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="G7" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="H7" s="2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" ht="60" x14ac:dyDescent="0.3">
+      <c r="B8" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C8" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="D8" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="E8" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="G8" s="14" t="s">
+        <v>66</v>
+      </c>
+      <c r="H8" s="2" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C9" s="6"/>
+      <c r="E9" s="7" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" ht="45" x14ac:dyDescent="0.3">
+      <c r="C10" s="6"/>
+      <c r="E10" s="7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C11" s="6"/>
+      <c r="E11" s="7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C12" s="6"/>
+      <c r="E12" s="7" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C13" s="6"/>
+      <c r="E13" s="7" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C14" s="6"/>
+      <c r="E14" s="7" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C15" s="6"/>
+      <c r="E15" s="7" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C16" s="6"/>
+      <c r="E16" s="7" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C17" s="6"/>
+      <c r="E17" s="7" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C18" s="6"/>
+      <c r="E18" s="7" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C19" s="6"/>
+      <c r="E19" s="7" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" ht="45" x14ac:dyDescent="0.3">
+      <c r="B20" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="D20" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="E20" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="G20" s="13" t="s">
+        <v>65</v>
+      </c>
+      <c r="H20" s="2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C21" s="6"/>
+      <c r="E21" s="7" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" ht="45" x14ac:dyDescent="0.3">
+      <c r="C22" s="6"/>
+      <c r="E22" s="7" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C23" s="6"/>
+      <c r="E23" s="7" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" ht="60" x14ac:dyDescent="0.3">
+      <c r="C24" s="6"/>
+      <c r="E24" s="7" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C25" s="6"/>
+      <c r="E25" s="7" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" ht="45" x14ac:dyDescent="0.3">
+      <c r="C26" s="6"/>
+      <c r="E26" s="7" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" ht="90" x14ac:dyDescent="0.3">
+      <c r="C27" s="6"/>
+      <c r="E27" s="7" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C28" s="6"/>
+      <c r="E28" s="7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" ht="75" x14ac:dyDescent="0.3">
+      <c r="A29" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C29" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D29" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="G29" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="H29" s="2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" ht="60" x14ac:dyDescent="0.3">
+      <c r="C30" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D30" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="G30" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="H30" s="2" t="s">
+        <v>19</v>
+      </c>
     </row>
   </sheetData>
-  <mergeCells count="3">
-[...3 lines deleted...]
-  </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
-  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-[...2609 lines deleted...]
-  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <printOptions gridLines="1"/>
+  <pageMargins left="0.19685039370078741" right="0" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
+  <pageSetup paperSize="9" orientation="portrait" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>工作表</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>具名範圍</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="4" baseType="lpstr">
-[...3 lines deleted...]
-      <vt:lpstr>佐證資料_學校主管名冊!Print_Titles</vt:lpstr>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>QS_全面中文翻譯_v4</vt:lpstr>
+      <vt:lpstr>QS_全面中文翻譯_v4!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>SkyUser</dc:creator>
+  <dc:creator>openpyxl</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>