--- v0 (2025-10-16)
+++ v1 (2026-03-14)
@@ -1,1514 +1,765 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24332"/>
-  <workbookPr defaultThemeVersion="166925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20417"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\4.QS永續大學排名填報資料\2025年排名年\資料收集\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\01_QS資料收集來源\各單位表單-秘書修\各單位表單\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{806ADFA7-38C2-4291-ADB2-53FD0D776BF6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{456F21D1-D77E-4547-B70E-5492FEA0F4E7}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="852" yWindow="3072" windowWidth="26676" windowHeight="15456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="ESG(填報單位_總務處)" sheetId="2" r:id="rId1"/>
-[...2 lines deleted...]
-    <sheet name="佐證資料-本校2022年溫室氣體排放量統計表" sheetId="5" r:id="rId4"/>
+    <sheet name="QS_全面中文翻譯_v4" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="191029" iterateDelta="1E-4"/>
+  <definedNames>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">QS_全面中文翻譯_v4!$A$2:$E$9</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">QS_全面中文翻譯_v4!#REF!</definedName>
+  </definedNames>
+  <calcPr calcId="191029"/>
   <extLst>
-    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
-[...9 lines deleted...]
-      </xcalcf:calcFeatures>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
+  <si>
+    <t>Theme(英文)</t>
+  </si>
+  <si>
+    <t>Code</t>
+  </si>
+  <si>
+    <t>Timeframe(英文)</t>
+  </si>
+  <si>
+    <t>Answer Options - where blank, only one URL/text field option directly related to the question</t>
+  </si>
+  <si>
+    <t>HW2</t>
+  </si>
+  <si>
+    <t>Health and Wellbeing
+健康與福祉</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>定義說明</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>包含提供健康且負擔得起的食物選擇、身體醫療保健服務（含衛教）、性與生殖健康服務，以及師生心理健康支持</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
   <si>
     <t>填報單位</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
-    <t>填報定義</t>
+    <t>Question(中英文)</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Do you provide on-campus or local health and wellbeing services?
+貴校是否提供校內或鄰近地區的健康與福祉相關服務？</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1.1 Please provide evidence
+1.1 請提供佐證資料</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2.1 Please provide evidence
+2.1 請提供佐證資料</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3.1 Please provide evidence
+【待譯】3.1 Please provide evidence</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1. Provision of healthy and affordable food choices for all on campus
+1. 校園內提供健康且可負擔的餐飲選擇</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2. Access to physical health-care services including information and education services
+2. 可取得身體健康照護服務（含資訊與教育服務）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3. Access to sexual and reproductive health-care services including information and education services
+3. 可取得性與生殖健康照護服務（含資訊與教育服務）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>4. Access to mental health support for both staff and students
+4. 教職員與學生可取得心理健康支持服務</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">ESG (Environmental, </t>
-[...41 lines deleted...]
-      <t xml:space="preserve">
+      <t xml:space="preserve">4.1 Please provide evidence
 </t>
     </r>
     <r>
       <rPr>
-        <b/>
-[...124 lines deleted...]
-        <sz val="10"/>
+        <sz val="11"/>
         <color theme="1"/>
         <rFont val="新細明體"/>
         <family val="1"/>
         <charset val="136"/>
         <scheme val="minor"/>
       </rPr>
-      <t>域
-[...11 lines deleted...]
-服務或其他外部當局控制下的任何區域)</t>
+      <t>4.1 請提供佐證資料</t>
     </r>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
-    <t>填報內容說明</t>
+    <t>永續中心
+學務處
+職安中心</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>請以中英文回答並提供佐證網址</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
-    <t>去年參考答案或網址</t>
-[...172 lines deleted...]
-    <phoneticPr fontId="1" type="noConversion"/>
+    <t>Current
+114年1月至12月</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="22" x14ac:knownFonts="1">
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
-      <sz val="12"/>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <family val="2"/>
-      <charset val="136"/>
-[...6 lines deleted...]
-      <charset val="136"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="新細明體"/>
       <family val="3"/>
       <charset val="136"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="12"/>
-[...3 lines deleted...]
-      <charset val="136"/>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="新細明體"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
-      <sz val="12"/>
-[...29 lines deleted...]
-      <color theme="1"/>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
       <name val="新細明體"/>
       <family val="1"/>
       <charset val="136"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FF000000"/>
-      <name val="Calibri"/>
+      <name val="新細明體"/>
       <family val="2"/>
-      <charset val="1"/>
+      <scheme val="minor"/>
     </font>
     <font>
-      <sz val="12"/>
-[...19 lines deleted...]
-      <sz val="10"/>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <family val="1"/>
       <charset val="136"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
-      <color theme="1"/>
+      <b/>
+      <sz val="12"/>
+      <color rgb="FFFF0000"/>
       <name val="新細明體"/>
-      <family val="2"/>
+      <family val="1"/>
       <charset val="136"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...47 lines deleted...]
-      <charset val="136"/>
+      <sz val="11"/>
+      <color rgb="FFC00000"/>
+      <name val="新細明體"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="5" tint="0.59999389629810485"/>
+        <fgColor theme="6" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="8">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...87 lines deleted...]
-    </border>
   </borders>
-  <cellStyleXfs count="2">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
+  <cellStyleXfs count="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="30">
-[...43 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+  <cellXfs count="13">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...27 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-      <alignment vertical="top"/>
-[...2 lines deleted...]
-      <alignment vertical="center"/>
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
-  <cellStyles count="2">
-    <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
+  <cellStyles count="1">
     <cellStyle name="一般" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
-  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...8 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...8 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="80000">
+              <a:schemeClr val="phClr">
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...10 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <sheetPr>
-[...2 lines deleted...]
-  <dimension ref="A1:I7"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="90" workbookViewId="0">
-      <selection activeCell="F2" sqref="F2"/>
+    <sheetView tabSelected="1" topLeftCell="B1" workbookViewId="0">
+      <selection activeCell="G4" sqref="G4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="16.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.125" defaultRowHeight="15" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="46.125" style="28" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="9" max="9" width="28.25" customWidth="1"/>
+    <col min="1" max="1" width="13.625" style="2" customWidth="1"/>
+    <col min="2" max="2" width="9.125" style="4"/>
+    <col min="3" max="3" width="9.75" style="10" customWidth="1"/>
+    <col min="4" max="4" width="42.375" style="7" customWidth="1"/>
+    <col min="5" max="6" width="42.75" style="7" customWidth="1"/>
+    <col min="7" max="7" width="25.125" style="2" customWidth="1"/>
+    <col min="8" max="8" width="47.25" style="2" customWidth="1"/>
+    <col min="9" max="16384" width="9.125" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="17" t="s">
+    <row r="1" spans="1:8" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.3">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="B1" s="17"/>
-[...8 lines deleted...]
-      <c r="A2" s="1" t="s">
+      <c r="E1" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="F1" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G1" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="B2" s="19" t="s">
+      <c r="H1" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8" ht="60" x14ac:dyDescent="0.3">
+      <c r="A2" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="B2" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="D2" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E2" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G2" s="12" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2" s="2" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C3" s="6"/>
+      <c r="E3" s="7" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" ht="60" x14ac:dyDescent="0.3">
+      <c r="C4" s="6"/>
+      <c r="E4" s="7" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C5" s="6"/>
+      <c r="E5" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" ht="75" x14ac:dyDescent="0.3">
+      <c r="C6" s="6"/>
+      <c r="E6" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="C2" s="20"/>
-[...2 lines deleted...]
-      <c r="F2" s="10" t="s">
+    </row>
+    <row r="7" spans="1:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C7" s="6"/>
+      <c r="E7" s="7" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" ht="45" x14ac:dyDescent="0.3">
+      <c r="C8" s="6"/>
+      <c r="E8" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="G2" s="2" t="s">
-[...5 lines deleted...]
-      <c r="I2" s="11" t="s">
+    </row>
+    <row r="9" spans="1:8" ht="30" x14ac:dyDescent="0.3">
+      <c r="C9" s="6"/>
+      <c r="E9" s="7" t="s">
         <v>18</v>
-      </c>
-[...261 lines deleted...]
-        <v>26</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="1" type="noConversion"/>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <printOptions gridLines="1"/>
+  <pageMargins left="0.19685039370078741" right="0" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
+  <pageSetup paperSize="9" orientation="portrait" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>工作表</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4</vt:i4>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>具名範圍</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="4" baseType="lpstr">
-[...3 lines deleted...]
-      <vt:lpstr>佐證資料-本校2022年溫室氣體排放量統計表</vt:lpstr>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>QS_全面中文翻譯_v4</vt:lpstr>
+      <vt:lpstr>QS_全面中文翻譯_v4!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>SkyUser</dc:creator>
+  <dc:creator>openpyxl</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>