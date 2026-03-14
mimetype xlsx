--- v0 (2025-10-16)
+++ v1 (2026-03-14)
@@ -1,1213 +1,1256 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24332"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\4.QS永續大學排名填報資料\2025年排名年\資料收集\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="E:\01_QS資料收集來源\各單位表單-秘書修\各單位表單\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6142CEED-E877-4BB7-BF2F-07AAD79FEA5C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5B23FE9C-AD97-4794-8D6E-9114383B371B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="工作表1" sheetId="1" r:id="rId1"/>
+    <sheet name="QS_全面中文翻譯_v4" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="162913" iterateDelta="1E-4"/>
+  <definedNames>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">QS_全面中文翻譯_v4!$A$2:$E$38</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">QS_全面中文翻譯_v4!#REF!</definedName>
+  </definedNames>
+  <calcPr calcId="191029"/>
   <extLst>
-    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
-      <x15:workbookPr chartTrackingRefBase="1"/>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="25">
-[...44 lines deleted...]
-      <t xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="70">
+  <si>
+    <t>Theme(英文)</t>
+  </si>
+  <si>
+    <t>Code</t>
+  </si>
+  <si>
+    <t>Timeframe(英文)</t>
+  </si>
+  <si>
+    <t>Answer Options - where blank, only one URL/text field option directly related to the question</t>
+  </si>
+  <si>
+    <t>EQ3</t>
+  </si>
+  <si>
+    <t>EQ4</t>
+  </si>
+  <si>
+    <t>EQ5</t>
+  </si>
+  <si>
+    <t>EQ*</t>
+  </si>
+  <si>
+    <t>GG1</t>
+  </si>
+  <si>
+    <t>GG7</t>
+  </si>
+  <si>
+    <t>Social Impact
+社會影響</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Governance
+治理</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>定義說明</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>統計高階領導團隊（Senior Leadership Team）的成員總數及其性別組成</t>
+  </si>
+  <si>
+    <t>是否具備現行的 EDI 政策，內容涵蓋年齡、性別、身心障礙、種族、宗教、性傾向、婚姻、難民身分及懷孕等特質</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>委員會與文化 (EDI Committee and Culture)：是否設有行政授權的 EDI 委員會或專責人員，並具備反歧視與反騷擾政策 
+倫理組織文化 (Ethical Culture)：包含公開的倫理價值文件、各層級的培訓、倫理合規辦公室，以及內部舉報系統 (Whistleblower system) 或申訴程序</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>是否具備反賄賂與腐敗政策，且在過去三年內（2020 年後）曾進行審核。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>包含公開的倫理價值文件、各層級的培訓、倫理合規辦公室，以及內部舉報系統 (Whistleblower system) 或申訴程序</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>填報單位</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>人事室
+研發處</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>人事室</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>人事室
+學務處</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Question(中英文)</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Faculty Staff Male
+教師（教學／學術）人員－男性</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Faculty Staff Female
+教師（教學／學術）人員－女性</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Faculty Staff Other
+教師（教學／學術）人員－其他/非二元</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Number of members in your senior leadership team
+高階領導團隊成員總人數</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Number of the above members of your senior leadership team who are male
+上述高階領導團隊中男性成員人數</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Does your institution have a current Equality, Diversity and Inclusion (EDI) policy?
+貴校目前是否有「平等、多元與共融（EDI）」政策（或同等政策）？</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Does your institution provide mandatory annual dedicated training on social aspects of Sustainability for staff members (faculty and professional staff members)?  Please insert link to training/evidence description.
+貴校是否為教職員（含教師與行政／專業職員）提供「每年必修」且「專門針對社會永續面向」的培訓？請提供培訓或佐證說明之連結。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Do you have an equality, diversity and inclusion committee, office or officer (or the equivalent) tasked by the administration or governing body to advise on and implement policies, programmes and trainings related to diversity, equity, inclusion and human rights on campus?
+貴校是否設有由行政或治理層指派之「平等、多元與共融（EDI）」委員會／辦公室／專責人員（或同等機制），負責校園多元、公平、共融及人權相關政策、方案與訓練之諮詢與推動？</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Do you have an Anti-bribery and corruption policy?
+貴校是否有「反賄賂與反貪腐」政策？</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Does your organisation support and facilitate a holistic ethical organisational culture?
+貴校（或貴機構）是否支持並促進整體性的倫理組織文化？</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1.1 Students
+1.1 學生</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1.2 Staff
+1.2 教職員</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1.3 Both
+1.3 兩者皆是（學生與教職員）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2. Please provide evidence
+2. 請提供佐證資料</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1. We have a current EDI policy or equivalent
+1. 貴校有現行EDI政策（或同等政策）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3. Which of the following main protected characteristics are included in this policy?
+3. 該政策涵蓋下列哪些主要受保障特徵？</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3.1 Age
+3.1 年齡</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3.2 Gender or gender reassignment
+3.2 性別或性別認同／變更</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3.3 Disability
+3.3 身心障礙</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3.4 Race
+3.4 種族／族群</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3.5 Religion or belief
+3.5 宗教或信仰</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3.6 Sexual orientation
+3.6 性傾向</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3.7 Marriage and civil partnership
+3.7 婚姻與民事伴侶關係</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3.8 Refugee and asylum seekers
+3.8 難民與尋求庇護者</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3.9 Pregnancy and maternity
+3.9 懷孕與育兒／產假相關</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1.1 Please provide evidence
+1.1 請提供佐證資料</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2.1 Please provide evidence
+2.1 請提供佐證資料</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3.1 Please provide evidence
+【待譯】3.1 Please provide evidence</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1.Which of the following groups receive this training?
+1. 下列哪些對象接受此培訓？</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1. Existence of committee, office or officer
+1. 是否設有委員會／辦公室／專責人員（或同等機制）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2. Existence of anti-discrimination and anti-harassment policies
+2. 是否有反歧視與反騷擾政策</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2.1 Please provide Policy URLs (x2)
+2.1 請提供政策網址（2個）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1. Existence of anti-bribery and corruption policy or equivalent
+1. 是否有反賄賂與反貪腐政策（或同等政策）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1.2 Please provide evidence
+1.2 請提供佐證資料</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1.3 This policy has been reviewed in the last 3 years, i.e. on or after 2020 (tick if apply)
+1.3 該政策於近3年內完成檢視／更新（即2020年或之後）（如適用請勾選）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1. Our organisation develops clear ethical values (e.g., diversity, honesty, respect, fairness) and these are enshrined in a publicly available strategic document.
+1. 貴校建立明確的倫理價值（如多元、誠信、尊重、公平），並載明於可公開查閱之策略文件中。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2. Our university provides training based on those values at all levels of the organisation.
+2. 貴校在組織各層級提供以該倫理價值為基礎的訓練</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3. There is an office for ethical compliance within our institution, with a designated official with oversight on ethical matters across the institution. 
+3. 校內設有倫理合規辦公室（或同等單位），並有指定專責人員統籌校內倫理事務</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>4. Our organisation has an internal reporting system to assure the confidentiality of whistleblowers or a grievance procedure for staff concerning an employment matter
+4. 校內具內部通報系統以保障吹哨者保密，或具針對人事／雇用事項的申訴程序</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>4.1 Pleae provide evidence
+4.1 請提供佐證資料</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>人事室
+總務處
+學務處</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>教務處
+研發處
+人事室</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>請以中英文回答並提供佐證網址</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Previous reporting year (academic)
+113學年度</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Current
+114年1月至12月</t>
+  </si>
+  <si>
+    <t>Current (up to 3 years old)
+114年度（可往前追溯到112年度）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">分別統計教職員中男性、女性及其他的比例
 </t>
-    </r>
-[...199 lines deleted...]
-    <phoneticPr fontId="4" type="noConversion"/>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="17" x14ac:knownFonts="1">
+  <fonts count="7" x14ac:knownFonts="1">
     <font>
-      <sz val="12"/>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <family val="2"/>
-      <charset val="136"/>
       <scheme val="minor"/>
-    </font>
-[...85 lines deleted...]
-      <charset val="136"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="新細明體"/>
       <family val="3"/>
       <charset val="136"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
-      <color theme="1"/>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="新細明體"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="新細明體"/>
+      <family val="1"/>
+      <charset val="136"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
       <name val="新細明體"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FFFF0000"/>
-      <name val="標楷體"/>
-[...12 lines deleted...]
-      <color theme="1"/>
       <name val="新細明體"/>
       <family val="1"/>
       <charset val="136"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFC00000"/>
+      <name val="新細明體"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="5" tint="0.59999389629810485"/>
+        <fgColor theme="6" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="9">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...100 lines deleted...]
-    </border>
   </borders>
-  <cellStyleXfs count="2">
-[...5 lines deleted...]
-    </xf>
+  <cellStyleXfs count="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="37">
-[...10 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
+  <cellXfs count="15">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...38 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...20 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...12 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
-  <cellStyles count="2">
+  <cellStyles count="1">
     <cellStyle name="一般" xfId="0" builtinId="0"/>
-    <cellStyle name="超連結" xfId="1" builtinId="8"/>
   </cellStyles>
   <dxfs count="0"/>
-  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <sheetPr>
-[...2 lines deleted...]
-  <dimension ref="A1:I9"/>
+  <dimension ref="A1:H38"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="F5" sqref="F5"/>
+    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="G1" sqref="G1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="16.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="38" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="9" max="9" width="43.125" style="20" customWidth="1"/>
+    <col min="1" max="1" width="13.5703125" style="2" customWidth="1"/>
+    <col min="2" max="2" width="9.140625" style="4"/>
+    <col min="3" max="3" width="9.7109375" style="10" customWidth="1"/>
+    <col min="4" max="4" width="42.42578125" style="7" customWidth="1"/>
+    <col min="5" max="6" width="42.7109375" style="7" customWidth="1"/>
+    <col min="7" max="7" width="25.140625" style="2" customWidth="1"/>
+    <col min="8" max="8" width="47.28515625" style="2" customWidth="1"/>
+    <col min="9" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" s="4" customFormat="1" ht="21.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="11" t="s">
+    <row r="1" spans="1:8" s="3" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D1" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="F1" s="11" t="s">
+        <v>65</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A2" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2" s="14" t="s">
         <v>19</v>
       </c>
-      <c r="B1" s="11"/>
-[...12 lines deleted...]
-      <c r="B2" s="26" t="s">
+      <c r="D2" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="G2" s="12" t="s">
+        <v>66</v>
+      </c>
+      <c r="H2" s="2" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="B3" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="C3" s="14"/>
+      <c r="D3" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G3" s="12" t="s">
+        <v>66</v>
+      </c>
+      <c r="H3" s="2" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="B4" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="C4" s="14"/>
+      <c r="D4" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="G4" s="12" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="B5" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="C5" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="G5" s="12" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="B6" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="C6" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="G6" s="12" t="s">
+        <v>66</v>
+      </c>
+      <c r="H6" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" ht="63" x14ac:dyDescent="0.25">
+      <c r="B7" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="C7" s="9" t="s">
+        <v>63</v>
+      </c>
+      <c r="D7" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="E7" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="G7" s="13" t="s">
+        <v>68</v>
+      </c>
+      <c r="H7" s="2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="C8" s="6"/>
+      <c r="E8" s="7" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="C9" s="6"/>
+      <c r="E9" s="7" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="C10" s="6"/>
+      <c r="E10" s="7" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="C11" s="6"/>
+      <c r="E11" s="7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="C12" s="6"/>
+      <c r="E12" s="7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="C13" s="6"/>
+      <c r="E13" s="7" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="C14" s="6"/>
+      <c r="E14" s="7" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="C15" s="6"/>
+      <c r="E15" s="7" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="C16" s="6"/>
+      <c r="E16" s="7" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="C17" s="6"/>
+      <c r="E17" s="7" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="C18" s="6"/>
+      <c r="E18" s="7" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" ht="141.75" x14ac:dyDescent="0.25">
+      <c r="B19" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="C19" s="9" t="s">
         <v>21</v>
       </c>
-      <c r="C2" s="27"/>
-[...11 lines deleted...]
-      <c r="I2" s="19" t="s">
+      <c r="D19" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="E19" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="G19" s="12" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="C20" s="6"/>
+      <c r="E20" s="7" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="C21" s="6"/>
+      <c r="E21" s="7" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="C22" s="6"/>
+      <c r="E22" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="C23" s="6"/>
+      <c r="E23" s="7" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" ht="173.25" x14ac:dyDescent="0.25">
+      <c r="A24" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="B24" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C24" s="9" t="s">
+        <v>64</v>
+      </c>
+      <c r="D24" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="E24" s="7" t="s">
+        <v>52</v>
+      </c>
+      <c r="G24" s="13" t="s">
+        <v>68</v>
+      </c>
+      <c r="H24" s="2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="C25" s="6"/>
+      <c r="E25" s="7" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="C26" s="6"/>
+      <c r="E26" s="7" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="C27" s="6"/>
+      <c r="E27" s="7" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" ht="63" x14ac:dyDescent="0.25">
+      <c r="B28" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" s="6" t="s">
         <v>20</v>
       </c>
-    </row>
-[...55 lines deleted...]
-      <c r="I5" s="17" t="s">
+      <c r="D28" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="E28" s="7" t="s">
+        <v>55</v>
+      </c>
+      <c r="G28" s="13" t="s">
+        <v>68</v>
+      </c>
+      <c r="H28" s="2" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="6" spans="1:9" ht="120" customHeight="1" x14ac:dyDescent="0.25">
-[...31 lines deleted...]
-      <c r="I7" s="3" t="s">
+    <row r="29" spans="1:8" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="C29" s="6"/>
+      <c r="E29" s="7" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" ht="63" x14ac:dyDescent="0.25">
+      <c r="C30" s="6"/>
+      <c r="E30" s="7" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" ht="110.25" x14ac:dyDescent="0.25">
+      <c r="B31" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C31" s="9" t="s">
+        <v>64</v>
+      </c>
+      <c r="D31" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="E31" s="7" t="s">
+        <v>58</v>
+      </c>
+      <c r="G31" s="13" t="s">
+        <v>68</v>
+      </c>
+      <c r="H31" s="2" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="8" spans="1:9" ht="42.75" x14ac:dyDescent="0.25">
-[...30 lines deleted...]
-        <v>289</v>
+    <row r="32" spans="1:8" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="C32" s="6"/>
+      <c r="E32" s="7" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="33" spans="3:7" ht="63" x14ac:dyDescent="0.25">
+      <c r="C33" s="6"/>
+      <c r="E33" s="7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="34" spans="3:7" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="C34" s="6"/>
+      <c r="E34" s="7" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="35" spans="3:7" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="C35" s="6"/>
+      <c r="E35" s="7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="36" spans="3:7" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="C36" s="6"/>
+      <c r="E36" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="G36" s="13" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="37" spans="3:7" ht="94.5" x14ac:dyDescent="0.25">
+      <c r="C37" s="6"/>
+      <c r="E37" s="7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="38" spans="3:7" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="C38" s="6"/>
+      <c r="E38" s="7" t="s">
+        <v>62</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="8">
-[...7 lines deleted...]
-    <mergeCell ref="B3:E3"/>
+  <mergeCells count="1">
+    <mergeCell ref="C2:C4"/>
   </mergeCells>
-  <phoneticPr fontId="4" type="noConversion"/>
-[...2 lines deleted...]
-  <pageSetup paperSize="9" scale="66" orientation="landscape" verticalDpi="200" r:id="rId1"/>
+  <phoneticPr fontId="1" type="noConversion"/>
+  <printOptions gridLines="1"/>
+  <pageMargins left="0.19685039370078741" right="0" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
+  <pageSetup paperSize="9" orientation="portrait" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>工作表</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>具名範圍</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>工作表1</vt:lpstr>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>QS_全面中文翻譯_v4</vt:lpstr>
+      <vt:lpstr>QS_全面中文翻譯_v4!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>user</dc:creator>
+  <dc:creator>openpyxl</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>