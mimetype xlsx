--- v0 (2025-10-16)
+++ v1 (2026-03-14)
@@ -1,9718 +1,2842 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20407"/>
-  <workbookPr defaultThemeVersion="166925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20417"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="E:\4.QS永續大學排名填報資料\2025年排名年\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\01_QS資料收集來源\各單位表單-秘書修\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3F32F689-49A2-49F4-821B-B02B08FC9A8C}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{078CADAB-7EFA-4B86-BF0E-5925A3010296}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{8B4C804E-27DA-4F1F-9150-C2989F944457}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="QS Hub_立在下載-參考" sheetId="2" r:id="rId1"/>
-    <sheet name="QS Hub_桂玲下載-主要" sheetId="3" r:id="rId2"/>
+    <sheet name="QS_全面中文翻譯_v4" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="191029" iterateDelta="1E-4"/>
+  <definedNames>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">QS_全面中文翻譯_v4!$A$2:$E$108</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">QS_全面中文翻譯_v4!#REF!</definedName>
+  </definedNames>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="621" uniqueCount="402">
-[...4 lines deleted...]
-    <t>Theme</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="307" uniqueCount="223">
+  <si>
+    <t>Theme(英文)</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
-    <t>Question</t>
-[...9 lines deleted...]
-    <t>Current (up to 3 years old)</t>
+    <t>Timeframe(英文)</t>
+  </si>
+  <si>
+    <t>Answer Options - where blank, only one URL/text field option directly related to the question</t>
+  </si>
+  <si>
+    <t>ES4</t>
+  </si>
+  <si>
+    <t>ES*</t>
   </si>
   <si>
     <t>ES5</t>
   </si>
   <si>
-    <t>Current</t>
-[...1 lines deleted...]
-  <si>
     <t>ES7</t>
   </si>
   <si>
     <t>ES7.1</t>
   </si>
   <si>
-    <t xml:space="preserve">Previous reporting year </t>
-[...1 lines deleted...]
-  <si>
     <t>ES9</t>
   </si>
   <si>
-    <t xml:space="preserve">The year you started measuring this to GHG standards. 2005 is the earliest year we will accept. </t>
-[...1 lines deleted...]
-  <si>
     <t>ES8</t>
   </si>
   <si>
     <t>ES7.2</t>
   </si>
   <si>
     <t>ES6</t>
   </si>
   <si>
-    <t>Environmental Education</t>
-[...2 lines deleted...]
-    <t>Environmental Research</t>
+    <t>EE3</t>
   </si>
   <si>
     <t>ER3</t>
   </si>
   <si>
-    <t>Social Impact</t>
-[...4 lines deleted...]
-  <si>
     <t>EQ3</t>
   </si>
   <si>
-    <t>Previous reporting year (academic)</t>
-[...1 lines deleted...]
-  <si>
     <t>EQ2</t>
   </si>
   <si>
     <t>EQ4</t>
   </si>
   <si>
     <t>EQ5</t>
   </si>
   <si>
     <t>EQ7</t>
   </si>
   <si>
-    <t xml:space="preserve">Current </t>
-[...2 lines deleted...]
-    <t>Knowledge Exchange</t>
+    <t>EQ*</t>
   </si>
   <si>
     <t>KE2</t>
   </si>
   <si>
-    <t>Health and Wellbeing</t>
-[...1 lines deleted...]
-  <si>
     <t>HW2</t>
   </si>
   <si>
-    <t>Governance</t>
-[...4 lines deleted...]
-  <si>
     <t>GG1</t>
   </si>
   <si>
     <t>GG7</t>
   </si>
   <si>
+    <t>GG3</t>
+  </si>
+  <si>
     <t>GG5</t>
   </si>
   <si>
     <t>GG4</t>
   </si>
   <si>
-    <t>Previous financial reporting year</t>
-[...4 lines deleted...]
-  <si>
     <t>GG6</t>
   </si>
   <si>
-    <t>Additional Information</t>
-[...32 lines deleted...]
-    <phoneticPr fontId="20" type="noConversion"/>
+    <t>Environmental Education
+環境教育</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Environmental Research
+環境研究</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Environmental Impact
+環境影響</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Social Impact
+社會影響</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Knowledge Exchange
+知識交流與在地連結</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Health and Wellbeing
+健康與福祉</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Governance
+治理</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Additional Information
+補充資訊</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>定義說明</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>提供機構永續發展或氣候行動政策的官方連結</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>提供機構在永續採購/購買及永續投資方面的政策連結</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t xml:space="preserve">機構是否每年對教職員（包括學術與行政人員）及學生進行環境永續方面的強制性培訓
+</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>永續素養評估工具 (Sustainability Assessment Tool)*：機構是否使用評估工具（如 TASK™ by Sulitest）來測量社群成員對永續知識的全面瞭解程度 (職員或教授)</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>永續素養評估工具 (Sustainability Assessment Tool)*：機構是否使用評估工具（如 TASK™ by Sulitest）來測量社群成員對永續知識的全面瞭解程度 (學生)</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>由學生主導、旨在參與永續事務的社團連結</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>機構是否根據 GHG Protocol 或其他通用標準報告碳排放，並需提供最近一次盤查的證明</t>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Previous reporting year 
-[...2191 lines deleted...]
-      <t xml:space="preserve">永續報告書
+      <t xml:space="preserve">範疇排放量 (Scope Emissions)：
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
-        <color rgb="FFFF0000"/>
-[...3 lines deleted...]
-        <scheme val="minor"/>
+        <color theme="1"/>
+        <rFont val="Segoe UI Symbol"/>
+        <family val="2"/>
       </rPr>
-      <t>WEB找各要點網址</t>
-[...1172 lines deleted...]
-      <t>人事室</t>
+      <t>▪</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="新細明體"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">
-[...1 lines deleted...]
-總務處</t>
+      <t xml:space="preserve"> 範疇 1 &amp; 2：由機構擁有或控制的直接排放，以及購買電力等產生的能源間接排放。
+</t>
     </r>
-    <phoneticPr fontId="20" type="noConversion"/>
-[...1 lines deleted...]
-  <si>
     <r>
       <rPr>
         <sz val="11"/>
-        <color rgb="FF7030A0"/>
-[...3 lines deleted...]
-        <scheme val="minor"/>
+        <color theme="1"/>
+        <rFont val="Segoe UI Symbol"/>
+        <family val="2"/>
       </rPr>
-      <t>教學中心(憶如)</t>
+      <t>▪</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="新細明體"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">
+      <t xml:space="preserve"> 範疇 3 (Scope 3)：非機構擁有或控制，但在價值鏈中間接產生的排放，例如員工通勤或供應商排放</t>
+    </r>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>前一報告年度校內產生的再生能源總量（以 kWh 為單位），包含自用、儲存或售出部分</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>提供校園建築物總樓地板面積（平方公尺）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>以及是否設定在 2050 年前達成範疇 1 &amp; 2 的減碳目標</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>紀錄開始符合 GHG 標準的基準年排放量</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>機構公開承諾達成淨零排放 (Net-Zero) 的年份及相關證明</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>是否提供專門教授氣候科學或環境永續的課程，且需為正式學分課程或可獲得正式學位資格者</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>是否設有專門研究中心，具備專任人員並對大學部或研究所教學有所貢獻</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>分別統計教職員中男性、女性及其他的比例</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>分別統計學生中男性、女性及其他的比例</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>統計高階領導團隊（Senior Leadership Team）的成員總數及其性別組成</t>
+  </si>
+  <si>
+    <t>是否具備現行的 EDI 政策，內容涵蓋年齡、性別、身心障礙、種族、宗教、性傾向、婚姻、難民身分及懷孕等特質</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>包含設立障礙支持辦公室、校園無障礙環境、身障學生輔導方案，以及提供校內身障專用住宿與相關經費支持政策</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>是否為當地社區提供教育、健康、資訊服務、社區參與或輔導等外展計畫。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>包含提供健康且負擔得起的食物選擇、身體醫療保健服務（含衛教）、性與生殖健康服務，以及師生心理健康支持</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>委員會與文化 (EDI Committee and Culture)：是否設有行政授權的 EDI 委員會或專責人員，並具備反歧視與反騷擾政策 
+倫理組織文化 (Ethical Culture)：包含公開的倫理價值文件、各層級的培訓、倫理合規辦公室，以及內部舉報系統 (Whistleblower system) 或申訴程序</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>是否具備反賄賂與腐敗政策，且在過去三年內（2020 年後）曾進行審核。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>是否有專職人員或團隊，唯一職責為推進機構的永續發展</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>是否有代表全體學生的合法學生會，且與國家級學生組織連結，並由學生選舉產生領導層。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>包含公開的倫理價值文件、各層級的培訓、倫理合規辦公室，以及內部舉報系統 (Whistleblower system) 或申訴程序</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>是否每年公開發布財務報告，包含收入、支出、借貸與盈餘</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>治理機構中是否有學生代表。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>是否公開年度大會決策/會議紀錄</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>前一報告年度的校園總用水量（單位：立方公尺 m3）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>前一報告年度的年度總能源消耗量（單位：kWh/year）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>獲得 100% 學費全免的學生人數。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>獲得至少 50% 學費減免的學生人數。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>填報單位</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>永續中心</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>永續中心
+教學中心</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>學務處</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>總務處</t>
+  </si>
+  <si>
+    <t>總務處
+海工中心</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>研發處</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>人事室
+研發處</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>人事室</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>秘書室</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>人事室
+學務處</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>學務處
+總務處</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>人室室</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t xml:space="preserve">學務處
 </t>
-    </r>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Link to your institution’s sustainability/climate action policy.
+請提供貴校「永續／氣候行動」政策連結。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Does your institution provide mandatory annual dedicated training on environmental aspects of sustainability for staff members (faculty and professional staff members)?  Please insert link to training/evidence description.
+貴校是否為教職員（含教師與行政／專業職員）提供「每年必修」且「專門針對環境永續面向」的培訓？請提供培訓或佐證說明之連結。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>URL: 
+網址：</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Question(中英文)</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Does your institution have an assessment tool for assessing sustainability literacy and knowledge of all staff (Academic and Professional)?
+貴校是否有用於評量全體教職員（含學術與行政人員）之「永續素養與知識」的評量工具？</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Does your institution have an assessment tool for assessing sustainability literacy and knowledge of all students?
+貴校是否有用於評量全體學生之「永續素養與知識」的評量工具？</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Link to your institution's sustainable procurement/purchasing policy.
+請提供貴校「永續採購／永續購置」政策連結。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Link to your institution’s sustainable investment policy.
+請提供貴校「永續投資」政策連結。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Link to student led society whose purpose is to engage with sustainability.
+請提供以永續為宗旨、由學生主導之社團／組織連結。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Does your university report its carbon emissions in line with the GHG Protocol Corporate Standard or another commonly used standard?
+貴校是否依據《溫室氣體盤查議定書（GHG Protocol）企業標準》或其他常用標準進行碳排放揭露／報告？</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Please provide the total Scope 1 and 2 carbon emissions in tCO2e (tonnes (t) of carbon dioxide (CO2) equivalent (e). Please see instructions.
+請提供範疇1與範疇2（Scope 1 &amp; 2）碳排放總量（單位：tCO2e，二氧化碳當量公噸）。請參考填寫說明。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Please enter the year you began recording your emissions to GHG standards - see the definition tab for more details.
+請填寫貴校開始依GHG標準進行排放量紀錄的年份（詳見定義分頁）。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Does your university have a carbon reduction target covering Scope 1 &amp; 2 emissions by at least 2050? If not, please leave the evidence field blank.
+貴校是否訂有涵蓋範疇1與範疇2（Scope 1 &amp; 2）之減碳目標，且目標年不晚於2050年？若否，請將佐證欄留白。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Please add the amount of energy generated in campus through renewable sources, in kWh, for the last reporting year. This would include energy consumed, stored or sold on.
+請填寫前一報告年度校園透過再生能源所產生的能源量（kWh）。可包含自用、儲存或售出的能源。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Please submit your total campus building footprint. See instructions.
+請填寫校園建築物總樓地板面積／建築足跡（請見填寫說明）。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Please provide the year your institution has publicly committed to reaching net-zero. If you have not committed to this, please leave the evidence field blank.
+請填寫貴校對外公開承諾達成淨零（Net-Zero）的年份；若尚未承諾，請將佐證欄留白。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Do you offer courses that teach specifically on climate science and/or environmental sustainability?
+貴校是否開設以「氣候科學」及／或「環境永續」為主題的課程？</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Presence of a Research Centre with a specific focus on environmental sustainability.
+是否設有專注於環境永續之研究中心。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Faculty Staff Male
+教師（教學／學術）人員－男性</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Faculty Staff Female
+教師（教學／學術）人員－女性</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Faculty Staff Other
+教師（教學／學術）人員－其他/非二元</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Students Female
+學生－女性</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Students Other
+學生－其他/非二元</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Number of members in your senior leadership team
+高階領導團隊成員總人數</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Number of the above members of your senior leadership team who are male
+上述高階領導團隊中男性成員人數</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Does your institution have a current Equality, Diversity and Inclusion (EDI) policy?
+貴校目前是否有「平等、多元與共融（EDI）」政策（或同等政策）？</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Do you offer support services for people with disabilities?
+貴校是否提供身心障礙者支持服務？</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Does your institution provide mandatory annual dedicated training on social aspects of Sustainability for staff members (faculty and professional staff members)?  Please insert link to training/evidence description.
+貴校是否為教職員（含教師與行政／專業職員）提供「每年必修」且「專門針對社會永續面向」的培訓？請提供培訓或佐證說明之連結。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Do you offer, manage or deliver outreach projects (education, health, information services, reading, community engagement, tutorials) for the local community?
+貴校是否提供、管理或執行面向在地社區的外展／服務計畫（如教育、健康、資訊服務、閱讀推廣、社區參與、課業輔導等）？</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Do you provide on-campus or local health and wellbeing services?
+貴校是否提供校內或鄰近地區的健康與福祉相關服務？</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Do you have an equality, diversity and inclusion committee, office or officer (or the equivalent) tasked by the administration or governing body to advise on and implement policies, programmes and trainings related to diversity, equity, inclusion and human rights on campus?
+貴校是否設有由行政或治理層指派之「平等、多元與共融（EDI）」委員會／辦公室／專責人員（或同等機制），負責校園多元、公平、共融及人權相關政策、方案與訓練之諮詢與推動？</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Do you have an Anti-bribery and corruption policy?
+貴校是否有「反賄賂與反貪腐」政策？</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Does your institution have a dedicated staff member or team whose sole responsibility is to advance sustainable development at the institution?  If so, please provide evidence.
+貴校是否設有專責人員或團隊，其主要／唯一職責為推動校內永續發展？若是，請提供佐證。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Does your organisation support and facilitate a holistic ethical organisational culture?
+貴校（或貴機構）是否支持並促進整體性的倫理組織文化？</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Does your university have a student union?
+貴校是否設有學生會（或學生自治組織）？</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Has your institution formed a Sustainability committee?
+貴校是否成立「永續委員會」（或同等組織）？</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Does your institution publish their financial reports on an annual basis? If applicable, please tick as appropriate.
+貴校是否每年公開發布財務報告？如適用，請勾選相對應項目。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Does your institution publicly share the decisions taken in your annual general meeting? If so, please share the link to these minutes.
+貴校是否公開年度大會（Annual General Meeting）所做之決議？若是，請提供會議紀錄／決議事項連結。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Does your university’s governing body have student representation? If so, please share the webpage link. If not, please leave blank.
+貴校治理機關（如校務會議、董事會等）是否有學生代表參與？若是請提供網頁連結；若否請留白。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Your institution’s water consumption for the previous reporting year. Please use cubic meters (m3), where 1,000 L = 1 m3.
+貴校前一報告年度之用水量（請以立方公尺 m³ 填寫；1,000 公升 = 1 m³）。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Your institution’s energy consumption for the previous reporting year. Please use kWh/year.
+貴校前一報告年度之能源消耗量（請以 kWh/年 填寫）。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>How many students receive a scholarship covering 100% of their fees?
+有多少學生獲得「學費100%全額」獎學金？</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>How many students receive a scholarship covering at least 50% of fees?
+有多少學生獲得「至少50%學費」獎學金？</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1. Which of the following groups receive this training?
+1. 下列哪些對象接受此培訓？</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1.1 Students
+1.1 學生</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1.2 Staff
+1.2 教職員</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1.3 Both
+1.3 兩者皆是（學生與教職員）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2. Please provide evidence to support your answers for the above.
+2. 請提供佐證以支持上述回答</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1. If yes, is this tool Sulitest TASK?
+1. 若有，此工具是否為 Sulitest TASK？</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2. If no, please provide evidence of the assessment tool used.
+2. 若否，請提供所使用評量工具之佐證資料</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2.If no, please provide evidence of the assessment tool used.
+2. 若否，請提供所使用評量工具之佐證資料</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>URL: 
+網址：</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Please provide evidence of the last conducted inventory.
+請提供最近一次盤查（inventory）之佐證資料。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1. Total Scope 1 &amp; 2 emissions in +CO2e
+1. 範疇1＋範疇2排放總量（tCO2e）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2. If you also report on Scope 3 emissions, please list your estimate here, in tCO2e
+2. 若亦揭露範疇3（Scope 3）排放，請在此填寫估算值（tCO2e）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3. Please also provide a URL that supports the above figures.
+3. 請提供可佐證上述數據之網址連結</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1. Baseline year
+1. 基準年（Baseline year）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2. Total Scope 1 &amp; 2 emissions for the baseline year, in tco2e
+2. 基準年範疇1＋範疇2排放總量（tCO2e）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3. Please provide evidence.
+3. 請提供佐證資料</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1. Please provide evidence.
+1. 請提供佐證資料</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1. Total energy from renewables
+1. 再生能源發電量總計（kWh）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1. Total campus building footprint in square meters (sqm)
+1. 校園建築總樓地板面積／建築足跡（平方公尺 sqm）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1. Year
+1. 年份</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2. Please provide evidence
+2. 請提供佐證資料</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1. We offer these courses and they are linked to officially recognised credits (e.g., European Credit Transfer and Accumulation System - ECTS, in Europe)
+1. 有開設此類課程，且課程與正式學分制度連結（如歐洲ECTS等）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2. They lead to the award of an officially recognised qualification that specifically refers to climate science and environmental sustainability (e.g., MSc in Climate Change: Science, Society and Solutions at the University of Manchester in the UK; BSc in Climate Science and Adaptation at the University of Newcastle, Australia)
+2. 這些課程可取得正式認可、且學位／證書名稱明確指涉氣候科學與環境永續之資格（例如：氣候變遷碩士等）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1. The Research Centre has dedicated FTE staff.
+1. 研究中心具專任全職當量（FTE）人力配置</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2. This Research Centre contributes (through curriculum, teaching and supervision) to the teaching of undergraduate programmes and/or postgraduate programmes.
+2. 該研究中心透過課程、教學與指導等方式，貢獻於大學部及／或研究所課程教學</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3. Please provide evidence or supporting statement
+3. 請提供佐證資料或補充說明</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1. We have a current EDI policy or equivalent
+1. 貴校有現行EDI政策（或同等政策）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3. Which of the following main protected characteristics are included in this policy?
+3. 該政策涵蓋下列哪些主要受保障特徵？</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3.1 Age
+3.1 年齡</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3.2 Gender or gender reassignment
+3.2 性別或性別認同／變更</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3.3 Disability
+3.3 身心障礙</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3.4 Race
+3.4 種族／族群</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3.5 Religion or belief
+3.5 宗教或信仰</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3.6 Sexual orientation
+3.6 性傾向</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3.7 Marriage and civil partnership
+3.7 婚姻與民事伴侶關係</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3.8 Refugee and asylum seekers
+3.8 難民與尋求庇護者</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3.9 Pregnancy and maternity
+3.9 懷孕與育兒／產假相關</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1. Existence of Disability Support Office
+1. 是否設有身心障礙支持／資源中心（或同等單位）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1.1 Please provide evidence
+1.1 請提供佐證資料</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2. Campus is easily accessible by people with disabilities
+2. 校園對身心障礙者友善可及（無障礙）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2.1 Please provide evidence
+2.1 請提供佐證資料</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3. Access schemes for people with disabilities such as mentoring or other targeted support
+3. 身心障礙者可取得的支持方案（如導師／同儕導師制或其他目標性支持）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3.1 Please provide evidence
+【待譯】3.1 Please provide evidence</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>4. Our university offers on-campus accommodation for people with disabilities
+4. 貴校提供身心障礙者校內住宿</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>4.1 Our university has a policy or strategy that outlines the reasonable adjustments and provisions for people with disabilities, including adequate funding:
+4.1 貴校有政策或策略說明對身心障礙者之合理調整與支持措施（含足夠經費）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>4.2 Please provide evidence
+4.2 請提供佐證資料</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1.Which of the following groups receive this training?
+1. 下列哪些對象接受此培訓？</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1. Please provide evidence
+1. 請提供佐證資料</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1. Provision of healthy and affordable food choices for all on campus
+1. 校園內提供健康且可負擔的餐飲選擇</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2. Access to physical health-care services including information and education services
+2. 可取得身體健康照護服務（含資訊與教育服務）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3. Access to sexual and reproductive health-care services including information and education services
+3. 可取得性與生殖健康照護服務（含資訊與教育服務）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>4. Access to mental health support for both staff and students
+4. 教職員與學生可取得心理健康支持服務</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
     <r>
-      <rPr>
-[...7 lines deleted...]
-      <t>人事室</t>
+      <t xml:space="preserve">4.1 Please provide evidence
+</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="新細明體"/>
-        <family val="2"/>
+        <family val="1"/>
+        <charset val="136"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">
+      <t>4.1 請提供佐證資料</t>
+    </r>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1. Existence of committee, office or officer
+1. 是否設有委員會／辦公室／專責人員（或同等機制）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2. Existence of anti-discrimination and anti-harassment policies
+2. 是否有反歧視與反騷擾政策</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2.1 Please provide Policy URLs (x2)
+2.1 請提供政策網址（2個）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1. Existence of anti-bribery and corruption policy or equivalent
+1. 是否有反賄賂與反貪腐政策（或同等政策）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1.2 Please provide evidence
+1.2 請提供佐證資料</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1.3 This policy has been reviewed in the last 3 years, i.e. on or after 2020 (tick if apply)
+1.3 該政策於近3年內完成檢視／更新（即2020年或之後）（如適用請勾選）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1. Our organisation develops clear ethical values (e.g., diversity, honesty, respect, fairness) and these are enshrined in a publicly available strategic document.
+1. 貴校建立明確的倫理價值（如多元、誠信、尊重、公平），並載明於可公開查閱之策略文件中。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2. Our university provides training based on those values at all levels of the organisation.
+2. 貴校在組織各層級提供以該倫理價值為基礎的訓練</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3. There is an office for ethical compliance within our institution, with a designated official with oversight on ethical matters across the institution. 
+3. 校內設有倫理合規辦公室（或同等單位），並有指定專責人員統籌校內倫理事務</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>4. Our organisation has an internal reporting system to assure the confidentiality of whistleblowers or a grievance procedure for staff concerning an employment matter
+4. 校內具內部通報系統以保障吹哨者保密，或具針對人事／雇用事項的申訴程序</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>4.1 Pleae provide evidence
+4.1 請提供佐證資料</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1. Our university has a recognised student union that represents both undergraduate and postgraduate students at university level
+1. 貴校有被認可之學生會（學生自治組織），並在校級層級代表大學部與研究所學生。</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2. This student union is connected/affiliated to a wider national student union body
+2. 學生會與更大型的全國性學生組織有連結／隸屬關係</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3. The student union elects its leadership, allowing students to vote.
+3. 學生會領導由選舉產生，並允許學生投票</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>4. Please provide evidence
+4. 請提供佐證資料</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1. Does a member of your executive leadership team sit on this committee?
+1. 貴校高階主管／校級領導是否有人擔任此委員會成員？</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1.1 Please provide evidence to support your answers for the above
+1.1 請提供佐證以支持上述回答</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1. Income
+1. 收入（Income）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2. Expenditure
+2. 支出（Expenditure）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>3. Borrowing
+3. 借款（Borrowing）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>4. Surplus
+4. 結餘（Surplus）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>5. Please provide evidence
+5. 請提供佐證資料</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>URL:
+網址：</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>The year you started measuring this to GHG standards. 2005 is the earliest year we will accept. 
+開始依GHG標準量測的年份（最早接受2005年）</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Previous financial reporting year
+前一財務年度</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>總務處</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>永續中心
+總務處(節能措施及目標)</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>教務處
+共教中心</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>教務處</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>人事室
+總務處
 學務處</t>
-    </r>
-    <phoneticPr fontId="20" type="noConversion"/>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t xml:space="preserve">永續中心
+學務處
+馬祖行政處
+</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>永續中心
+學務處
+職安中心</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>教務處
+研發處
+人事室</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>主計室</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>教務處
+學務處
+國際處</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>Current
+114年1月至12月</t>
+  </si>
+  <si>
+    <t>Current 
+114年1月至12月</t>
+  </si>
+  <si>
+    <t>Previous reporting year 
+113年(2024年度報告)</t>
+  </si>
+  <si>
+    <t>Previous reporting year
+113年(2024年度報告)</t>
+  </si>
+  <si>
+    <t>Previous reporting year (academic)
+113學年度</t>
+  </si>
+  <si>
+    <t>Current (up to 3 years old)
+114年度（可往前追溯到112年度）</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="47" x14ac:knownFonts="1">
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="新細明體"/>
-[...140 lines deleted...]
-      <color theme="10"/>
       <name val="新細明體"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="新細明體"/>
       <family val="3"/>
       <charset val="136"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
-[...21 lines deleted...]
-      <b/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="新細明體"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
       <sz val="11"/>
-      <color rgb="FFFF0000"/>
-[...8 lines deleted...]
-      <name val="新細明體"/>
+      <color theme="1"/>
+      <name val="Segoe UI Symbol"/>
       <family val="2"/>
-      <scheme val="minor"/>
-[...72 lines deleted...]
-      <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="新細明體"/>
       <family val="1"/>
       <charset val="136"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...8 lines deleted...]
-      <b/>
       <sz val="11"/>
-      <color rgb="FF7030A0"/>
       <name val="新細明體"/>
       <family val="2"/>
-      <scheme val="minor"/>
-[...30 lines deleted...]
-      <charset val="136"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <family val="1"/>
       <charset val="136"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FF7030A0"/>
+      <color rgb="FFC00000"/>
       <name val="新細明體"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
-    <font>
-[...6 lines deleted...]
-    </font>
   </fonts>
-  <fills count="46">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFC6EFCE"/>
-[...80 lines deleted...]
-        <fgColor theme="6"/>
+        <fgColor rgb="FFFFFF00"/>
+        <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.79998168889431442"/>
-        <bgColor indexed="65"/>
-[...157 lines deleted...]
-        <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="25">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...274 lines deleted...]
-    </border>
   </borders>
-  <cellStyleXfs count="43">
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...40 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="254">
+  <cellXfs count="15">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...109 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="10" xfId="42" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
-[...82 lines deleted...]
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...90 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="42" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="20" xfId="42" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="24" fillId="45" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyAlignment="1">
-[...23 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="11" xfId="42" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="38" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...412 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="43">
-[...17 lines deleted...]
-    <cellStyle name="60% - 輔色6" xfId="41" builtinId="52" customBuiltin="1"/>
+  <cellStyles count="1">
     <cellStyle name="一般" xfId="0" builtinId="0"/>
-    <cellStyle name="中等" xfId="8" builtinId="28" customBuiltin="1"/>
-[...22 lines deleted...]
-    <cellStyle name="警告文字" xfId="14" builtinId="11" customBuiltin="1"/>
   </cellStyles>
-  <dxfs count="5">
-[...41 lines deleted...]
-  </colors>
+  <dxfs count="0"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://usrsdg.ntou.edu.tw/p/426-1103-14.php?Lang=zh-tw" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ga.ntou.edu.tw/p/405-1015-45592,c7345.php?Lang=zh-tw" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://r020.ntou.edu.tw/var/file/21/1021/img/743204826.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1AV1NkRLcz9yDiC8n9bVuz9iEiq8HxNfP/view" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stu.ntou.edu.tw/p/412-1023-11082.php?Lang=zh-tw" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secretariat.ntou.edu.tw/files/11-1010-2253.php?Lang=zh-tw" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/NTOUSP" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secretariat.ntou.edu.tw/files/14-1010-48121,r11-1.php?Lang=zh-tw" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stu.ntou.edu.tw/p/412-1023-7554.php?Lang=zh-tw" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stu.ntou.edu.tw/p/404-1023-43820.php?Lang=zh-tw" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://personnel.ntou.edu.tw/p/412-1007-3096.php?Lang=zh-tw" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://usrsdg.ntou.edu.tw/?Lang=en" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1AV1NkRLcz9yDiC8n9bVuz9iEiq8HxNfP/view" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stu.ntou.edu.tw/p/404-1023-44391.php?Lang=zh-tw" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/drive/folders/1laOCGu324QEEOf74TVaXL45dQ1zO9qme" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stu.ntou.edu.tw/p/404-1023-44172.php?Lang=zh-tw" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secretariat.ntou.edu.tw/files/11-1010-6490.php?Lang=zh-tw" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://usrsdg.ntou.edu.tw/?Lang=en" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ga.ntou.edu.tw/p/405-1015-45592,c7345.php?Lang=zh-tw" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reurl.cc/Yen1Wn" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://personnel.ntou.edu.tw/p/412-1007-10669.php?Lang=zh-tw" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stu.ntou.edu.tw/p/404-1023-44032.php?Lang=zh-tw" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://r020.ntou.edu.tw/var/file/21/1021/img/743204826.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://r020.ntou.edu.tw/var/file/21/1021/img/749046341.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oga.ntou.edu.tw/restaurant/index.php" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secretariat.ntou.edu.tw/files/11-1010-2253.php?Lang=zh-tw" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://r020.ntou.edu.tw/var/file/21/1021/img/1485/483348943.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reurl.cc/VLq6Xy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/NTOUSP" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stu.ntou.edu.tw/p/404-1023-44092.php?Lang=zh-tw" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oga.ntou.edu.tw/restaurant/index.php" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://personnel.ntou.edu.tw/p/405-1007-56863,c9398.php?Lang=zh-tw" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stu.ntou.edu.tw/p/412-1023-11082.php?Lang=zh-tw" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://r020.ntou.edu.tw/var/file/21/1021/img/1485/NTOUoffer,manageordeliveroutreachprojectsforthelocalcommunity.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stu.ntou.edu.tw/p/405-1023-43954,c8032.php?Lang=zh-tw" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://r020.ntou.edu.tw/p/412-1021-7015.php?Lang=zh-tw" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stu.ntou.edu.tw/p/404-1023-44391.php?Lang=zh-tw" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:J99"/>
+  <dimension ref="A1:G108"/>
   <sheetViews>
-    <sheetView zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="C42" sqref="C42:I50"/>
+    <sheetView tabSelected="1" topLeftCell="B1" workbookViewId="0">
+      <selection activeCell="F76" sqref="F76"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.125" defaultRowHeight="15" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="9.140625" style="2"/>
-[...8 lines deleted...]
-    <col min="10" max="10" width="20.85546875" style="47" customWidth="1"/>
+    <col min="1" max="1" width="13.625" style="2" customWidth="1"/>
+    <col min="2" max="2" width="9.125" style="4"/>
+    <col min="3" max="3" width="9.75" style="11" customWidth="1"/>
+    <col min="4" max="4" width="42.375" style="7" customWidth="1"/>
+    <col min="5" max="5" width="42.75" style="7" customWidth="1"/>
+    <col min="6" max="6" width="25.125" style="2" customWidth="1"/>
+    <col min="7" max="7" width="47.25" style="2" customWidth="1"/>
+    <col min="8" max="16384" width="9.125" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B1" s="4" t="s">
+    <row r="1" spans="1:7" s="3" customFormat="1" ht="45" x14ac:dyDescent="0.3">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="4" t="s">
+      <c r="C1" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="D1" s="9" t="s">
+        <v>89</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="F1" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="34" t="s">
-[...2 lines deleted...]
-      <c r="E1" s="34" t="s">
+      <c r="G1" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="2" spans="1:7" ht="60" x14ac:dyDescent="0.3">
+      <c r="A2" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="B2" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="D2" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="E2" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="F2" s="13" t="s">
+        <v>222</v>
+      </c>
+      <c r="G2" s="2" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="135" x14ac:dyDescent="0.3">
+      <c r="B3" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="C3" s="10" t="s">
+        <v>74</v>
+      </c>
+      <c r="D3" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="E3" s="7" t="s">
+        <v>129</v>
+      </c>
+      <c r="F3" s="12" t="s">
+        <v>217</v>
+      </c>
+      <c r="G3" s="2" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="C4" s="6"/>
+      <c r="E4" s="7" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="C5" s="6"/>
+      <c r="E5" s="7" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="C6" s="6"/>
+      <c r="E6" s="7" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" ht="45" x14ac:dyDescent="0.3">
+      <c r="C7" s="6"/>
+      <c r="E7" s="7" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" ht="105" x14ac:dyDescent="0.3">
+      <c r="B8" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="C8" s="10" t="s">
+        <v>74</v>
+      </c>
+      <c r="D8" s="7" t="s">
+        <v>90</v>
+      </c>
+      <c r="E8" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="F8" s="12" t="s">
+        <v>217</v>
+      </c>
+      <c r="G8" s="2" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" ht="60" x14ac:dyDescent="0.3">
+      <c r="C9" s="6"/>
+      <c r="E9" s="7" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" ht="75" x14ac:dyDescent="0.3">
+      <c r="B10" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="C10" s="10" t="s">
+        <v>74</v>
+      </c>
+      <c r="D10" s="7" t="s">
+        <v>91</v>
+      </c>
+      <c r="E10" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="F10" s="12" t="s">
+        <v>217</v>
+      </c>
+      <c r="G10" s="2" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" ht="60" x14ac:dyDescent="0.3">
+      <c r="C11" s="6"/>
+      <c r="E11" s="7" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" ht="60" x14ac:dyDescent="0.3">
+      <c r="B12" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="C12" s="10" t="s">
+        <v>207</v>
+      </c>
+      <c r="D12" s="7" t="s">
+        <v>92</v>
+      </c>
+      <c r="E12" s="7" t="s">
+        <v>137</v>
+      </c>
+      <c r="F12" s="13" t="s">
+        <v>222</v>
+      </c>
+      <c r="G12" s="2" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" ht="45" x14ac:dyDescent="0.3">
+      <c r="B13" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="C13" s="10" t="s">
+        <v>207</v>
+      </c>
+      <c r="D13" s="7" t="s">
+        <v>93</v>
+      </c>
+      <c r="E13" s="7" t="s">
+        <v>137</v>
+      </c>
+      <c r="F13" s="13" t="s">
+        <v>222</v>
+      </c>
+      <c r="G13" s="2" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" ht="60" x14ac:dyDescent="0.3">
+      <c r="B14" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="C14" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="D14" s="7" t="s">
+        <v>94</v>
+      </c>
+      <c r="E14" s="7" t="s">
+        <v>137</v>
+      </c>
+      <c r="F14" s="12" t="s">
+        <v>217</v>
+      </c>
+      <c r="G14" s="2" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" ht="105" x14ac:dyDescent="0.3">
+      <c r="B15" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="C15" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="D15" s="7" t="s">
+        <v>95</v>
+      </c>
+      <c r="E15" s="7" t="s">
+        <v>138</v>
+      </c>
+      <c r="F15" s="12" t="s">
+        <v>217</v>
+      </c>
+      <c r="G15" s="2" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" ht="105" x14ac:dyDescent="0.3">
+      <c r="B16" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C16" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="D16" s="7" t="s">
+        <v>96</v>
+      </c>
+      <c r="E16" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="F16" s="12" t="s">
+        <v>219</v>
+      </c>
+      <c r="G16" s="2" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" ht="60" x14ac:dyDescent="0.3">
+      <c r="C17" s="6"/>
+      <c r="E17" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="F17" s="12" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" ht="45" x14ac:dyDescent="0.3">
+      <c r="C18" s="6"/>
+      <c r="E18" s="7" t="s">
+        <v>141</v>
+      </c>
+      <c r="F18" s="12" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" ht="105" x14ac:dyDescent="0.3">
+      <c r="B19" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="D19" s="7" t="s">
+        <v>97</v>
+      </c>
+      <c r="E19" s="7" t="s">
+        <v>142</v>
+      </c>
+      <c r="F19" s="2" t="s">
+        <v>205</v>
+      </c>
+      <c r="G19" s="2" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" ht="45" x14ac:dyDescent="0.3">
+      <c r="C20" s="6"/>
+      <c r="E20" s="7" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="C21" s="6"/>
+      <c r="E21" s="7" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" ht="105" x14ac:dyDescent="0.3">
+      <c r="B22" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" s="10" t="s">
+        <v>208</v>
+      </c>
+      <c r="D22" s="7" t="s">
+        <v>98</v>
+      </c>
+      <c r="E22" s="7" t="s">
+        <v>145</v>
+      </c>
+      <c r="F22" s="12" t="s">
+        <v>217</v>
+      </c>
+      <c r="G22" s="2" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="C23" s="6"/>
+    </row>
+    <row r="24" spans="1:7" ht="105" x14ac:dyDescent="0.3">
+      <c r="B24" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C24" s="10" t="s">
+        <v>77</v>
+      </c>
+      <c r="D24" s="7" t="s">
+        <v>99</v>
+      </c>
+      <c r="E24" s="7" t="s">
+        <v>146</v>
+      </c>
+      <c r="F24" s="12" t="s">
+        <v>219</v>
+      </c>
+      <c r="G24" s="2" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" ht="60" x14ac:dyDescent="0.3">
+      <c r="B25" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C25" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D25" s="7" t="s">
+        <v>100</v>
+      </c>
+      <c r="E25" s="7" t="s">
+        <v>147</v>
+      </c>
+      <c r="F25" s="12" t="s">
+        <v>219</v>
+      </c>
+      <c r="G25" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" ht="105" x14ac:dyDescent="0.3">
+      <c r="B26" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C26" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="D26" s="7" t="s">
+        <v>101</v>
+      </c>
+      <c r="E26" s="7" t="s">
+        <v>148</v>
+      </c>
+      <c r="G26" s="2" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="C27" s="6"/>
+      <c r="E27" s="7" t="s">
+        <v>149</v>
+      </c>
+      <c r="F27" s="12" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" ht="90" x14ac:dyDescent="0.3">
+      <c r="A28" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="B28" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="C28" s="10" t="s">
+        <v>209</v>
+      </c>
+      <c r="D28" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="E28" s="7" t="s">
+        <v>150</v>
+      </c>
+      <c r="F28" s="12" t="s">
+        <v>217</v>
+      </c>
+      <c r="G28" s="2" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" ht="165" x14ac:dyDescent="0.3">
+      <c r="C29" s="6"/>
+      <c r="E29" s="7" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="C30" s="6"/>
+      <c r="E30" s="7" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" ht="45" x14ac:dyDescent="0.3">
+      <c r="A31" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B31" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C31" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="D31" s="7" t="s">
+        <v>103</v>
+      </c>
+      <c r="E31" s="7" t="s">
+        <v>152</v>
+      </c>
+      <c r="F31" s="12" t="s">
+        <v>217</v>
+      </c>
+      <c r="G31" s="2" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" ht="90" x14ac:dyDescent="0.3">
+      <c r="C32" s="6"/>
+      <c r="E32" s="7" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" ht="45" x14ac:dyDescent="0.3">
+      <c r="C33" s="6"/>
+      <c r="E33" s="7" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" ht="45" x14ac:dyDescent="0.3">
+      <c r="A34" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="B34" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="C34" s="14" t="s">
+        <v>79</v>
+      </c>
+      <c r="D34" s="7" t="s">
+        <v>104</v>
+      </c>
+      <c r="F34" s="12" t="s">
+        <v>221</v>
+      </c>
+      <c r="G34" s="2" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" ht="45" x14ac:dyDescent="0.3">
+      <c r="B35" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="C35" s="14"/>
+      <c r="D35" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="F35" s="12" t="s">
+        <v>221</v>
+      </c>
+      <c r="G35" s="2" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" ht="45" x14ac:dyDescent="0.3">
+      <c r="B36" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="C36" s="14"/>
+      <c r="D36" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="F36" s="12" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" ht="45" x14ac:dyDescent="0.3">
+      <c r="B37" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="C37" s="10" t="s">
+        <v>210</v>
+      </c>
+      <c r="D37" s="7" t="s">
+        <v>107</v>
+      </c>
+      <c r="F37" s="12" t="s">
+        <v>221</v>
+      </c>
+      <c r="G37" s="2" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" ht="45" x14ac:dyDescent="0.3">
+      <c r="B38" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="C38" s="10" t="s">
+        <v>210</v>
+      </c>
+      <c r="D38" s="7" t="s">
+        <v>108</v>
+      </c>
+      <c r="F38" s="12" t="s">
+        <v>221</v>
+      </c>
+      <c r="G38" s="2" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" ht="45" x14ac:dyDescent="0.3">
+      <c r="B39" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C39" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="D39" s="7" t="s">
+        <v>109</v>
+      </c>
+      <c r="F39" s="12" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" ht="45" x14ac:dyDescent="0.3">
+      <c r="B40" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C40" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="D40" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="F40" s="12" t="s">
+        <v>221</v>
+      </c>
+      <c r="G40" s="2" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" ht="60" x14ac:dyDescent="0.3">
+      <c r="B41" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="C41" s="10" t="s">
+        <v>211</v>
+      </c>
+      <c r="D41" s="7" t="s">
+        <v>111</v>
+      </c>
+      <c r="E41" s="7" t="s">
+        <v>155</v>
+      </c>
+      <c r="F41" s="13" t="s">
+        <v>222</v>
+      </c>
+      <c r="G41" s="2" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="C42" s="6"/>
+      <c r="E42" s="7" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" ht="45" x14ac:dyDescent="0.3">
+      <c r="C43" s="6"/>
+      <c r="E43" s="7" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="C44" s="6"/>
+      <c r="E44" s="7" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="C45" s="6"/>
+      <c r="E45" s="7" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="C46" s="6"/>
+      <c r="E46" s="7" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="C47" s="6"/>
+      <c r="E47" s="7" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="C48" s="6"/>
+      <c r="E48" s="7" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="49" spans="2:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="C49" s="6"/>
+      <c r="E49" s="7" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="50" spans="2:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="C50" s="6"/>
+      <c r="E50" s="7" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="51" spans="2:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="C51" s="6"/>
+      <c r="E51" s="7" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="52" spans="2:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="C52" s="6"/>
+      <c r="E52" s="7" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="53" spans="2:7" ht="45" x14ac:dyDescent="0.3">
+      <c r="B53" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C53" s="10" t="s">
+        <v>83</v>
+      </c>
+      <c r="D53" s="8" t="s">
+        <v>112</v>
+      </c>
+      <c r="E53" s="7" t="s">
+        <v>166</v>
+      </c>
+      <c r="F53" s="12" t="s">
+        <v>218</v>
+      </c>
+      <c r="G53" s="2" t="s">
         <v>57</v>
       </c>
-      <c r="F1" s="92" t="s">
-[...5 lines deleted...]
-      <c r="H1" s="44" t="s">
+    </row>
+    <row r="54" spans="2:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="C54" s="6"/>
+      <c r="E54" s="7" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="55" spans="2:7" ht="45" x14ac:dyDescent="0.3">
+      <c r="C55" s="6"/>
+      <c r="E55" s="7" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="56" spans="2:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="C56" s="6"/>
+      <c r="E56" s="7" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="57" spans="2:7" ht="60" x14ac:dyDescent="0.3">
+      <c r="C57" s="6"/>
+      <c r="E57" s="7" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="58" spans="2:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="C58" s="6"/>
+      <c r="E58" s="7" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="59" spans="2:7" ht="45" x14ac:dyDescent="0.3">
+      <c r="C59" s="6"/>
+      <c r="E59" s="7" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="60" spans="2:7" ht="90" x14ac:dyDescent="0.3">
+      <c r="C60" s="6"/>
+      <c r="E60" s="7" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="61" spans="2:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="C61" s="6"/>
+      <c r="E61" s="7" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="62" spans="2:7" ht="135" x14ac:dyDescent="0.3">
+      <c r="B62" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C62" s="10" t="s">
+        <v>82</v>
+      </c>
+      <c r="D62" s="7" t="s">
+        <v>113</v>
+      </c>
+      <c r="E62" s="7" t="s">
+        <v>175</v>
+      </c>
+      <c r="F62" s="12" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="63" spans="2:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="C63" s="6"/>
+      <c r="E63" s="7" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="64" spans="2:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="C64" s="6"/>
+      <c r="E64" s="7" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="C65" s="6"/>
+      <c r="E65" s="7" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="C66" s="6"/>
+      <c r="E66" s="7" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7" ht="120" x14ac:dyDescent="0.3">
+      <c r="A67" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B67" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C67" s="10" t="s">
+        <v>212</v>
+      </c>
+      <c r="D67" s="7" t="s">
+        <v>114</v>
+      </c>
+      <c r="E67" s="7" t="s">
+        <v>176</v>
+      </c>
+      <c r="F67" s="12" t="s">
         <v>218</v>
       </c>
-      <c r="I1" s="45" t="s">
+      <c r="G67" s="2" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7" ht="60" x14ac:dyDescent="0.3">
+      <c r="A68" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="B68" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C68" s="10" t="s">
+        <v>213</v>
+      </c>
+      <c r="D68" s="7" t="s">
+        <v>115</v>
+      </c>
+      <c r="E68" s="7" t="s">
+        <v>177</v>
+      </c>
+      <c r="F68" s="12" t="s">
+        <v>217</v>
+      </c>
+      <c r="G68" s="2" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="C69" s="6"/>
+      <c r="E69" s="7" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7" ht="60" x14ac:dyDescent="0.3">
+      <c r="C70" s="6"/>
+      <c r="E70" s="7" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="C71" s="6"/>
+      <c r="E71" s="7" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7" ht="75" x14ac:dyDescent="0.3">
+      <c r="C72" s="6"/>
+      <c r="E72" s="7" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="C73" s="6"/>
+      <c r="E73" s="7" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7" ht="45" x14ac:dyDescent="0.3">
+      <c r="C74" s="6"/>
+      <c r="E74" s="7" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="C75" s="6"/>
+      <c r="E75" s="7" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="76" spans="1:7" ht="165" x14ac:dyDescent="0.3">
+      <c r="A76" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="B76" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C76" s="10" t="s">
+        <v>214</v>
+      </c>
+      <c r="D76" s="7" t="s">
+        <v>116</v>
+      </c>
+      <c r="E76" s="7" t="s">
+        <v>182</v>
+      </c>
+      <c r="F76" s="13" t="s">
+        <v>222</v>
+      </c>
+      <c r="G76" s="2" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="C77" s="6"/>
+      <c r="E77" s="7" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7" ht="45" x14ac:dyDescent="0.3">
+      <c r="C78" s="6"/>
+      <c r="E78" s="7" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="C79" s="6"/>
+      <c r="E79" s="7" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="80" spans="1:7" ht="60" x14ac:dyDescent="0.3">
+      <c r="B80" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C80" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="D80" s="7" t="s">
+        <v>117</v>
+      </c>
+      <c r="E80" s="7" t="s">
+        <v>185</v>
+      </c>
+      <c r="F80" s="13" t="s">
+        <v>222</v>
+      </c>
+      <c r="G80" s="2" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="81" spans="2:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="C81" s="6"/>
+      <c r="E81" s="7" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="82" spans="2:7" ht="60" x14ac:dyDescent="0.3">
+      <c r="C82" s="6"/>
+      <c r="E82" s="7" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="83" spans="2:7" ht="105" x14ac:dyDescent="0.3">
+      <c r="B83" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C83" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="D83" s="7" t="s">
+        <v>118</v>
+      </c>
+      <c r="E83" s="7" t="s">
+        <v>176</v>
+      </c>
+      <c r="F83" s="12" t="s">
+        <v>217</v>
+      </c>
+      <c r="G83" s="2" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="84" spans="2:7" ht="105" x14ac:dyDescent="0.3">
+      <c r="B84" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C84" s="10" t="s">
+        <v>214</v>
+      </c>
+      <c r="D84" s="7" t="s">
+        <v>119</v>
+      </c>
+      <c r="E84" s="7" t="s">
+        <v>188</v>
+      </c>
+      <c r="F84" s="13" t="s">
+        <v>222</v>
+      </c>
+      <c r="G84" s="2" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="85" spans="2:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="C85" s="6"/>
+      <c r="E85" s="7" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="86" spans="2:7" ht="60" x14ac:dyDescent="0.3">
+      <c r="C86" s="6"/>
+      <c r="E86" s="7" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="87" spans="2:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="C87" s="6"/>
+      <c r="E87" s="7" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="88" spans="2:7" ht="105" x14ac:dyDescent="0.3">
+      <c r="C88" s="6"/>
+      <c r="E88" s="7" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="89" spans="2:7" ht="45" x14ac:dyDescent="0.3">
+      <c r="C89" s="6"/>
+      <c r="E89" s="7" t="s">
+        <v>171</v>
+      </c>
+      <c r="F89" s="13" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="90" spans="2:7" ht="90" x14ac:dyDescent="0.3">
+      <c r="C90" s="6"/>
+      <c r="E90" s="7" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="91" spans="2:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="C91" s="6"/>
+      <c r="E91" s="7" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="92" spans="2:7" ht="90" x14ac:dyDescent="0.3">
+      <c r="B92" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="C92" s="10" t="s">
+        <v>85</v>
+      </c>
+      <c r="D92" s="7" t="s">
+        <v>120</v>
+      </c>
+      <c r="E92" s="7" t="s">
+        <v>193</v>
+      </c>
+      <c r="F92" s="13" t="s">
+        <v>222</v>
+      </c>
+      <c r="G92" s="2" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="93" spans="2:7" ht="60" x14ac:dyDescent="0.3">
+      <c r="C93" s="6"/>
+      <c r="E93" s="7" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="94" spans="2:7" ht="60" x14ac:dyDescent="0.3">
+      <c r="C94" s="6"/>
+      <c r="E94" s="7" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="95" spans="2:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="C95" s="6"/>
+      <c r="E95" s="7" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="96" spans="2:7" ht="60" x14ac:dyDescent="0.3">
+      <c r="C96" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="D96" s="7" t="s">
+        <v>121</v>
+      </c>
+      <c r="E96" s="7" t="s">
+        <v>197</v>
+      </c>
+      <c r="F96" s="12" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="97" spans="1:7" ht="45" x14ac:dyDescent="0.3">
+      <c r="C97" s="6"/>
+      <c r="E97" s="7" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="98" spans="1:7" ht="75" x14ac:dyDescent="0.3">
+      <c r="B98" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="C98" s="10" t="s">
+        <v>215</v>
+      </c>
+      <c r="D98" s="7" t="s">
+        <v>122</v>
+      </c>
+      <c r="E98" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="F98" s="2" t="s">
+        <v>206</v>
+      </c>
+      <c r="G98" s="2" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="99" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="C99" s="6"/>
+      <c r="E99" s="7" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="100" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="C100" s="6"/>
+      <c r="E100" s="7" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="101" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="C101" s="6"/>
+      <c r="E101" s="7" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="102" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="C102" s="6"/>
+      <c r="E102" s="7" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="103" spans="1:7" ht="90" x14ac:dyDescent="0.3">
+      <c r="B103" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C103" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="D103" s="7" t="s">
+        <v>123</v>
+      </c>
+      <c r="E103" s="7" t="s">
+        <v>137</v>
+      </c>
+      <c r="F103" s="13" t="s">
+        <v>220</v>
+      </c>
+      <c r="G103" s="2" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="104" spans="1:7" ht="90" x14ac:dyDescent="0.3">
+      <c r="B104" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="C104" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="D104" s="7" t="s">
+        <v>124</v>
+      </c>
+      <c r="E104" s="7" t="s">
+        <v>204</v>
+      </c>
+      <c r="F104" s="12" t="s">
+        <v>217</v>
+      </c>
+      <c r="G104" s="2" t="s">
         <v>66</v>
       </c>
-      <c r="J1" s="33" t="s">
-[...33 lines deleted...]
-      <c r="C3" s="186" t="s">
+    </row>
+    <row r="105" spans="1:7" ht="75" x14ac:dyDescent="0.3">
+      <c r="A105" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="C105" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="D105" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="F105" s="12" t="s">
+        <v>219</v>
+      </c>
+      <c r="G105" s="2" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="106" spans="1:7" ht="60" x14ac:dyDescent="0.3">
+      <c r="C106" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="D106" s="7" t="s">
+        <v>126</v>
+      </c>
+      <c r="F106" s="12" t="s">
+        <v>219</v>
+      </c>
+      <c r="G106" s="2" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="107" spans="1:7" ht="60" x14ac:dyDescent="0.3">
+      <c r="C107" s="10" t="s">
         <v>216</v>
       </c>
-      <c r="D3" s="160" t="s">
-[...187 lines deleted...]
-      <c r="I13" s="45" t="s">
+      <c r="D107" s="7" t="s">
+        <v>127</v>
+      </c>
+      <c r="F107" s="12" t="s">
+        <v>219</v>
+      </c>
+      <c r="G107" s="2" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="108" spans="1:7" ht="60" x14ac:dyDescent="0.3">
+      <c r="C108" s="10" t="s">
+        <v>216</v>
+      </c>
+      <c r="D108" s="7" t="s">
+        <v>128</v>
+      </c>
+      <c r="F108" s="12" t="s">
+        <v>219</v>
+      </c>
+      <c r="G108" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="J13" s="47" t="s">
-[...1450 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <mergeCells count="69">
-[...68 lines deleted...]
-    <mergeCell ref="J42:J50"/>
+  <mergeCells count="1">
+    <mergeCell ref="C34:C36"/>
   </mergeCells>
-  <phoneticPr fontId="30" type="noConversion"/>
-[...2100 lines deleted...]
-  <pageSetup paperSize="9" scale="70" orientation="landscape" r:id="rId30"/>
+  <phoneticPr fontId="1" type="noConversion"/>
+  <printOptions gridLines="1"/>
+  <pageMargins left="0.19685039370078741" right="0" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
+  <pageSetup paperSize="9" orientation="portrait" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>工作表</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>具名範圍</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>QS Hub_立在下載-參考</vt:lpstr>
-      <vt:lpstr>QS Hub_桂玲下載-主要</vt:lpstr>
+      <vt:lpstr>QS_全面中文翻譯_v4</vt:lpstr>
+      <vt:lpstr>QS_全面中文翻譯_v4!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Manager/>
-  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
-  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>openpyxl</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision/>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:category/>
-  <cp:contentStatus/>
 </cp:coreProperties>
 </file>